--- v0 (2025-12-05)
+++ v1 (2026-01-10)
@@ -1,3213 +1,11919 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="image/jpeg" Extension="jpg"/>
-[...15 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
+    <w:p w14:paraId="0B3EA3F4" w14:textId="77777777" w:rsidR="00067E2A" w:rsidRPr="00ED61F4" w:rsidRDefault="00067E2A" w:rsidP="004B0350">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="26"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...40 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
+    <w:p w14:paraId="1481F9F5" w14:textId="5B1B5F2B" w:rsidR="004B0350" w:rsidRPr="004C4683" w:rsidRDefault="004C4683" w:rsidP="004B0350">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="26"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...13 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="004C4683">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Title of the article in English</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4280A" w:rsidRPr="004C4683">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0350" w:rsidRPr="004C4683">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
+    <w:p w14:paraId="41417B33" w14:textId="77777777" w:rsidR="00ED61F4" w:rsidRPr="00F171B1" w:rsidRDefault="00ED61F4" w:rsidP="0038668D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="312" w:lineRule="auto"/>
+        <w:ind w:right="-568"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...107 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
+    <w:p w14:paraId="531D1F4B" w14:textId="470E9A79" w:rsidR="0038668D" w:rsidRPr="004C4683" w:rsidRDefault="00524634" w:rsidP="00134EA0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="-568"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Author</w:t>
+      <w:r w:rsidRPr="004C4683">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Aut</w:t>
+      </w:r>
+      <w:r w:rsidR="004C4683" w:rsidRPr="004C4683">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4683">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0350" w:rsidRPr="004C4683">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
+    <w:p w14:paraId="7F967114" w14:textId="6BC5FE7C" w:rsidR="00524634" w:rsidRPr="004C4683" w:rsidRDefault="004C4683" w:rsidP="00134EA0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="-568"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="004C4683">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Aff</w:t>
+      </w:r>
+      <w:r w:rsidR="00524634" w:rsidRPr="004C4683">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ilia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4683">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tio</w:t>
+      </w:r>
+      <w:r w:rsidR="00524634" w:rsidRPr="004C4683">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>n</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
+    <w:p w14:paraId="497CFA09" w14:textId="0E54B3C5" w:rsidR="00524634" w:rsidRPr="004C4683" w:rsidRDefault="004C4683" w:rsidP="00134EA0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="-568"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:color w:val="871f30"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">e-mail</w:t>
+      <w:r w:rsidRPr="004C4683">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>e-ma</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>il</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
+    <w:p w14:paraId="09190DDD" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="004C4683" w:rsidRDefault="00524634" w:rsidP="00134EA0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
+    <w:p w14:paraId="0FF85CE1" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00134EA0" w:rsidRDefault="00524634" w:rsidP="00134EA0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>consectetuer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Maecenas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>porttitor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>congue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>massa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fusce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>posuere</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, magna sed pulvinar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ultricies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>purus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>lectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> libero, sit </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>commodo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna eros </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>quis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>urna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>consectetuer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Maecenas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>porttitor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>congue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>massa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fusce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>posuere</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, magna sed pulvinar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ultricies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>purus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>lectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> libero, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commodo magna eros quis urna. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Pellentesque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>habitant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>morbi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tristique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>senectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>netus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>fames</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>turpis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>egestas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proin pharetra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>nonummy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>pede</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Mauris et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Aenean nec lorem. In </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>porttitor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Donec </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>nonummy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>augue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Suspendisse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dui </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>purus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>scelerisque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>vulputate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vitae, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>pretium</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>mattis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, nunc. Mauris </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>eget</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>neque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>venenatis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>eleifend</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ut </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>nonummy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>consectetuer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Maecenas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>porttitor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>congue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>massa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fusce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>posuere</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, magna sed, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>purus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>lectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> libero, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commodo magna eros quis urna. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Pellentesque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>habitant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>morbi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tristique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>senectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>netus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>fames</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>turpis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>egestas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proin pharetra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>nonummy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>pede</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>no less than 100, no more than 150 words</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
+    <w:p w14:paraId="460FD052" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00134EA0" w:rsidRDefault="00524634" w:rsidP="00134EA0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> word 1, word 2, word 3, word 4 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
-          <w:rtl w:val="0"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">)</w:t>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>mandatory 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+    <w:p w14:paraId="67B7B68C" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00134EA0" w:rsidRDefault="00524634" w:rsidP="00134EA0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+    </w:p>
+    <w:p w14:paraId="03E72025" w14:textId="13409AA5" w:rsidR="00A17C11" w:rsidRDefault="00A17C11" w:rsidP="00134EA0">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Contents</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Título de nivel; 2. Título de nivel; 3. Título de nivel; Bibliografía</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C96E1C9" w14:textId="77777777" w:rsidR="00134EA0" w:rsidRPr="00134EA0" w:rsidRDefault="00134EA0" w:rsidP="00134EA0">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DE3141F" w14:textId="30797107" w:rsidR="00524634" w:rsidRPr="00DF4F46" w:rsidRDefault="00524634" w:rsidP="00134EA0">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>How</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cite</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D634BE" w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4F46" w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
-          <w:rtl w:val="0"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">)</w:t>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>INFORMACIÓN QUE CUMPLIMENTA LA REVISTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
+    <w:p w14:paraId="0102882D" w14:textId="77777777" w:rsidR="00B4280A" w:rsidRPr="00DF4F46" w:rsidRDefault="00B4280A" w:rsidP="00134EA0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+    <w:p w14:paraId="4B33EE78" w14:textId="43F80F6D" w:rsidR="00B4280A" w:rsidRDefault="00B4280A" w:rsidP="00B4280A">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...57 lines deleted...]
-        <w:t xml:space="preserve">)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C7117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Agradecimientos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C7117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C7117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fuentes de financiación</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62450">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Declaración de coautoría</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C7117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C7117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C7117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(si los hubiera)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
+    <w:p w14:paraId="1E089B20" w14:textId="77777777" w:rsidR="00B4280A" w:rsidRPr="000101E9" w:rsidRDefault="00B4280A" w:rsidP="00134EA0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
+    <w:p w14:paraId="7190C33E" w14:textId="77777777" w:rsidR="004B0350" w:rsidRDefault="004B0350" w:rsidP="00134EA0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...18 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
+    <w:p w14:paraId="78CD513F" w14:textId="77777777" w:rsidR="00395A87" w:rsidRDefault="00395A87" w:rsidP="00134EA0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
+    <w:p w14:paraId="2010D75E" w14:textId="77777777" w:rsidR="00395A87" w:rsidRDefault="00395A87" w:rsidP="00134EA0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...21 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
+    <w:p w14:paraId="77162CD7" w14:textId="77777777" w:rsidR="00395A87" w:rsidRDefault="00395A87" w:rsidP="00134EA0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
+    <w:p w14:paraId="61CC22B0" w14:textId="77777777" w:rsidR="00395A87" w:rsidRDefault="00395A87" w:rsidP="00134EA0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:smallCaps w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="2AF88029" w14:textId="77777777" w:rsidR="00395A87" w:rsidRDefault="00395A87" w:rsidP="00134EA0">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="731E2978" w14:textId="77777777" w:rsidR="00395A87" w:rsidRDefault="00395A87" w:rsidP="00134EA0">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D70BA8B" w14:textId="77777777" w:rsidR="00395A87" w:rsidRDefault="00395A87" w:rsidP="00134EA0">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="457EF813" w14:textId="77777777" w:rsidR="00395A87" w:rsidRDefault="00395A87" w:rsidP="00134EA0">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A456A5F" w14:textId="77777777" w:rsidR="00395A87" w:rsidRDefault="00395A87" w:rsidP="00134EA0">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="698844F5" w14:textId="77777777" w:rsidR="00395A87" w:rsidRDefault="00395A87" w:rsidP="00134EA0">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F68A2F7" w14:textId="77777777" w:rsidR="00395A87" w:rsidRDefault="00395A87" w:rsidP="00134EA0">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="132F3A04" w14:textId="77777777" w:rsidR="00395A87" w:rsidRDefault="00395A87" w:rsidP="00134EA0">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E5009D2" w14:textId="77777777" w:rsidR="00395A87" w:rsidRDefault="00395A87" w:rsidP="00134EA0">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27A2EC5F" w14:textId="77777777" w:rsidR="00395A87" w:rsidRPr="000101E9" w:rsidRDefault="00395A87" w:rsidP="00134EA0">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71E0C464" w14:textId="15E588C8" w:rsidR="00524634" w:rsidRPr="00657985" w:rsidRDefault="00524634" w:rsidP="00DB2657">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...12 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00395A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00395A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00395A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>level</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
+    <w:p w14:paraId="56DB3746" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00657985" w:rsidRDefault="00524634" w:rsidP="003A4775">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. Fusce est. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>consectetuer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Maecenas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>porttitor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>congue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>massa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fusce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>posuere</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, magna sed pulvinar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ultricies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>purus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>lectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> libero, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0018754A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commodo magna eros quis urna. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nunc </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>viverra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>imperdiet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>enim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fusce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
+    <w:p w14:paraId="32E45784" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00657985" w:rsidRDefault="00524634" w:rsidP="00DB2657">
       <w:pPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
+    <w:p w14:paraId="7CFE29AF" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00AC6745" w:rsidRDefault="00524634" w:rsidP="004C611F">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-          <w:strike w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-          <w:strike w:val="0"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. Fusce est.</w:t>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commodo magna eros quis urna. Nunc </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>viverra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>imperdiet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>enim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fusce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+    <w:p w14:paraId="3D920A66" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00AC6745" w:rsidRDefault="00524634" w:rsidP="004C611F">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-          <w:strike w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-          <w:strike w:val="0"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero.</w:t>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fusce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>posuere</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, magna sed pulvinar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ultricies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>purus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>lectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> libero.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+    <w:p w14:paraId="26A5AD38" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00AC6745" w:rsidRDefault="00524634" w:rsidP="004C611F">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-          <w:strike w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-          <w:strike w:val="0"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas.</w:t>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Pellentesque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>habitant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>morbi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tristique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>senectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>netus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>fames</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>turpis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>egestas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC6745">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+    <w:p w14:paraId="3CF2FFBB" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00657985" w:rsidRDefault="00524634" w:rsidP="00DB2657">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:smallCaps w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:smallCaps/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+    <w:p w14:paraId="51498039" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00657985" w:rsidRDefault="00524634" w:rsidP="00DB2657">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:smallCaps w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:smallCaps/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Vivamus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tellus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Pellentesque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>habitant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>morbi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tristique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>senectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>netus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>fames</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>turpis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>egestas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Proin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>pharetra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>nonummy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>pede</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Mauris et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Aenean</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>nec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. In </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>porttitor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Mauris et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Aenean</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>nec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. In </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>porttitor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Vivamus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tellus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Pellentesque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>habitant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>morbi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tristique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>senectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>netus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>fames</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>turpis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>egestas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
+    <w:p w14:paraId="7BD6D292" w14:textId="77777777" w:rsidR="00524634" w:rsidRDefault="00524634" w:rsidP="00DB2657">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:smallCaps w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+    <w:p w14:paraId="7B5921CC" w14:textId="3CF9D6A7" w:rsidR="00524634" w:rsidRPr="00657985" w:rsidRDefault="00524634" w:rsidP="00DB2657">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00395A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00395A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00395A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>level</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F80245">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+    <w:p w14:paraId="25728B91" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00657985" w:rsidRDefault="00524634" w:rsidP="003A4775">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Proin pharetra nonummy pede. Mauris et orci. Aenean nec lorem. In porttitor. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>consectetuer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Maecenas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>porttitor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>congue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>massa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fusce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>posuere</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, magna sed pulvinar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ultricies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>purus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>lectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> libero, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commodo magna eros quis urna. Nunc </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>viverra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>imperdiet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>enim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fusce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Vivamus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tellus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Pellentesque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>habitant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>morbi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tristique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>senectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>netus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>fames</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>turpis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>egestas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Proin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>pharetra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>nonummy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>pede</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mauris et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Aenean nec lorem. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>porttitor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+    <w:p w14:paraId="36610847" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00657985" w:rsidRDefault="00524634" w:rsidP="00DB2657">
       <w:pPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+    <w:p w14:paraId="43875406" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00657985" w:rsidRDefault="00524634" w:rsidP="00DB2657">
       <w:pPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distB="0" distT="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B50564E" wp14:editId="340BD0F1">
             <wp:extent cx="1916717" cy="1312039"/>
-            <wp:effectExtent b="0" l="0" r="0" t="0"/>
-[...1 lines deleted...]
-            <a:graphic>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="4" name="image2.jpg" descr="La Gran Ola de Kanagawa"/>
+            <wp:cNvGraphicFramePr/>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="La Gran Ola de Kanagawa" id="0" name="image2.jpg"/>
+                    <pic:cNvPr id="0" name="image2.jpg" descr="La Gran Ola de Kanagawa"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10"/>
-                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:blip r:embed="rId8"/>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1916717" cy="1312039"/>
                     </a:xfrm>
-                    <a:prstGeom prst="rect"/>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
+    <w:p w14:paraId="39AF47EA" w14:textId="7079E4A0" w:rsidR="00524634" w:rsidRPr="00E75D15" w:rsidRDefault="00524634" w:rsidP="00DB2657">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...8 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...34 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E75D15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Figura 1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E75D15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Título de la figura 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
+    <w:p w14:paraId="1466BEC4" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00657985" w:rsidRDefault="00524634" w:rsidP="00DB2657">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
+    <w:p w14:paraId="44B1281D" w14:textId="77777777" w:rsidR="00524634" w:rsidRDefault="00524634" w:rsidP="00DB2657">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Fusce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>posuere</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, magna sed pulvinar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ultricies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>purus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>lectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> libero, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commodo magna eros quis urna. Nunc </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>viverra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>imperdiet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>enim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fusce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Vivamus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tellus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Pellentesque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>habitant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>morbi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tristique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>senectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>netus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>fames</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>turpis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>egestas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
+    <w:p w14:paraId="6608B85B" w14:textId="77777777" w:rsidR="00883928" w:rsidRDefault="00883928" w:rsidP="00DB2657">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
+    <w:p w14:paraId="23DD4C63" w14:textId="054D4DEB" w:rsidR="00883928" w:rsidRPr="00A54079" w:rsidRDefault="00883928" w:rsidP="00883928">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>consectetuer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Maecenas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>porttitor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>congue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>massa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fusce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>posuere</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, magna sed pulvinar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ultricies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>purus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>lectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> libero, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commodo magna eros quis urna. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A54079">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0A8D" w:rsidRPr="00A54079">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Alampos, 1994, p. 245). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B5CC23E" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00A54079" w:rsidRDefault="00524634" w:rsidP="00DB2657">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="109498F9" w14:textId="3B65593C" w:rsidR="00524634" w:rsidRPr="00657985" w:rsidRDefault="00524634" w:rsidP="00DB2657">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">1.1.1. </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...11 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00395A87" w:rsidRPr="00395A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00395A87" w:rsidRPr="00395A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00395A87" w:rsidRPr="00395A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>level</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00395A87" w:rsidRPr="00F80245">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
+    <w:p w14:paraId="2FBD30C5" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00657985" w:rsidRDefault="00524634" w:rsidP="003A4775">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Proin pharetra nonummy pede. Mauris et orci. Aenean nec lorem. In porttitor. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>consectetuer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Maecenas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>porttitor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>congue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>massa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fusce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>posuere</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, magna sed pulvinar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ultricies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>purus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>lectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> libero, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commodo magna eros quis urna. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nunc </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>viverra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>imperdiet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>enim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fusce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Vivamus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tellus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Pellentesque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>habitant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>morbi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tristique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>senectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>netus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>fames</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>turpis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>egestas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Proin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>pharetra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>nonummy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>pede</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF4F46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mauris et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Aenean nec lorem. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>porttitor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
+    <w:p w14:paraId="0804C4C5" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00657985" w:rsidRDefault="00524634" w:rsidP="00DB2657">
       <w:pPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table1"/>
-[...2 lines deleted...]
-        <w:tblInd w:w="108.0" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
         <w:tblBorders>
-          <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...4 lines deleted...]
-          <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="871F30"/>
+          <w:left w:val="single" w:sz="12" w:space="0" w:color="871F30"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="871F30"/>
+          <w:right w:val="single" w:sz="12" w:space="0" w:color="871F30"/>
+          <w:insideH w:val="single" w:sz="12" w:space="0" w:color="871F30"/>
+          <w:insideV w:val="single" w:sz="12" w:space="0" w:color="871F30"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0400"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2709"/>
-[...8 lines deleted...]
-        </w:tblGridChange>
+        <w:gridCol w:w="328"/>
+        <w:gridCol w:w="1506"/>
+        <w:gridCol w:w="1439"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00524634" w:rsidRPr="00CF37B4" w14:paraId="4F7D0435" w14:textId="77777777" w:rsidTr="003A4775">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-          <w:tblHeader w:val="0"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+          <w:p w14:paraId="39FD6CD1" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00CF37B4" w:rsidRDefault="00524634" w:rsidP="00DB2657">
             <w:pPr>
-              <w:keepNext w:val="1"/>
+              <w:keepNext/>
               <w:widowControl w:val="0"/>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r w:rsidRPr="00CF37B4">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">1</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
+          <w:p w14:paraId="4A44710E" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00CF37B4" w:rsidRDefault="00524634" w:rsidP="003A4775">
             <w:pPr>
-              <w:keepNext w:val="1"/>
+              <w:keepNext/>
               <w:widowControl w:val="0"/>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF37B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Lorem</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CF37B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF37B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ipsum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EB20BD7" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00CF37B4" w:rsidRDefault="00524634" w:rsidP="003A4775">
+            <w:pPr>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF37B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Consectetuer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00524634" w:rsidRPr="00CF37B4" w14:paraId="37B17D8A" w14:textId="77777777" w:rsidTr="00CF37B4">
+        <w:trPr>
+          <w:trHeight w:val="38"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A173B93" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00CF37B4" w:rsidRDefault="00524634" w:rsidP="00DB2657">
+            <w:pPr>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r w:rsidRPr="00CF37B4">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lorem ipsum</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+          <w:p w14:paraId="38553378" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00CF37B4" w:rsidRDefault="00524634" w:rsidP="00DB2657">
             <w:pPr>
-              <w:keepNext w:val="1"/>
+              <w:keepNext/>
               <w:widowControl w:val="0"/>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r w:rsidRPr="00CF37B4">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">Consectetuer</w:t>
+              <w:t xml:space="preserve">Dolor sin </w:t>
             </w:r>
-          </w:p>
-[...17 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF37B4">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">2</w:t>
+              <w:t>amet</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
+          <w:p w14:paraId="37A45DDB" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00CF37B4" w:rsidRDefault="00524634" w:rsidP="003A4775">
             <w:pPr>
-              <w:keepNext w:val="1"/>
+              <w:keepNext/>
               <w:widowControl w:val="0"/>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF37B4">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dolor sin amet</w:t>
+              <w:t>Adipiscing</w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CF37B4">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF37B4">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adipiscing elit</w:t>
+              <w:t>elit</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
+    <w:p w14:paraId="2F29EEF3" w14:textId="364848D0" w:rsidR="00524634" w:rsidRPr="00E75D15" w:rsidRDefault="00524634" w:rsidP="0018754A">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...8 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...34 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E75D15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Tabla 1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E75D15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Título de la tabla 1</w:t>
+      </w:r>
+      <w:r w:rsidR="0018754A" w:rsidRPr="00E75D15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0018754A" w:rsidRPr="00E75D15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(elaboración propia)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
+    <w:p w14:paraId="76C0B59E" w14:textId="77777777" w:rsidR="00524634" w:rsidRDefault="00524634" w:rsidP="00DB2657">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
+    <w:p w14:paraId="423541C3" w14:textId="0E609282" w:rsidR="00524634" w:rsidRPr="00C504CB" w:rsidRDefault="00524634" w:rsidP="00DB2657">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1.1.1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00395A87" w:rsidRPr="00C504CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Title level </w:t>
+      </w:r>
+      <w:r w:rsidR="00395A87" w:rsidRPr="00C504CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C504CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00C504CB" w:rsidRPr="00C504CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Please, try to avoid this level</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C504CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1028ACFC" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00657985" w:rsidRDefault="00524634" w:rsidP="006F3F31">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>consectetuer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Maecenas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>porttitor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>congue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>massa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fusce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>posuere</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, magna sed pulvinar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ultricies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>purus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>lectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> libero, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commodo magna eros quis urna</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Nunc </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>viverra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>imperdiet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>enim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fusce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Vivamus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tellus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Pellentesque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>habitant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>morbi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tristique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>senectus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>netus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>fames</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>turpis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>egestas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Proin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>pharetra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>nonummy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>pede</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Mauris et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Aenean</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>nec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00067E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>porttitor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0380FC8B" w14:textId="77777777" w:rsidR="00524634" w:rsidRDefault="00524634" w:rsidP="00DB2657">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F2E5EBD" w14:textId="77777777" w:rsidR="00437EEA" w:rsidRDefault="00437EEA" w:rsidP="00DB2657">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FC0DAEF" w14:textId="77777777" w:rsidR="00437EEA" w:rsidRPr="00657985" w:rsidRDefault="00437EEA" w:rsidP="00DB2657">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27961069" w14:textId="3476051F" w:rsidR="00524634" w:rsidRPr="000D54D4" w:rsidRDefault="00524634" w:rsidP="00DB2657">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C504CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidR="00C504CB" w:rsidRPr="000D54D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>References</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D54D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidR="00C504CB" w:rsidRPr="000D54D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
-          <w:rtl w:val="0"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">)</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C504CB" w:rsidRPr="000D54D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lways on a different page</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D54D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
+    <w:p w14:paraId="430062C3" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="005F6254" w:rsidRDefault="00524634" w:rsidP="000C708A">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...201 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r w:rsidRPr="005F6254">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Fernández Mata, Rafael (2020). Origen etimológico e historia del japonesismo </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r w:rsidRPr="005F6254">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ginkgo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F6254">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r w:rsidRPr="005F6254">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Estudios Filológicos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F6254">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...15 lines deleted...]
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r w:rsidRPr="005F6254">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>65</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F6254">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, 131-151.</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9">
+        <w:r w:rsidRPr="005F6254">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-            <w:rtl w:val="0"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t xml:space="preserve">http://dx.doi.org/10.4067/S0071-17132020000100131</w:t>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...19 lines deleted...]
-        </w:rPr>
+      <w:hyperlink r:id="rId10">
+        <w:r w:rsidRPr="005F6254">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="871F30"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>http://dx.doi.org/10.4067/S0071-17132020000100131</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005F6254">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F6254">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
+    <w:p w14:paraId="00D9ABC9" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="005F6254" w:rsidRDefault="00524634" w:rsidP="000C708A">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r w:rsidRPr="005F6254">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes Rodríguez, Catalina y González Sanz, Marina (2024). </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r w:rsidRPr="005F6254">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>La enunciación en el discurso</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F6254">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. Arco Libros (Cuadernos de Lengua Española, 162). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
+    <w:p w14:paraId="399FE26F" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="005F6254" w:rsidRDefault="00524634" w:rsidP="000C708A">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r w:rsidRPr="005F6254">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>García Pérez, José (2024). La valoración en las relaciones de discurso: un primer acercamiento. En Catalina Fuentes Rodríguez y Víctor Pérez Béjar (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F6254">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Coords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F6254">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), Explorando las relaciones </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F6254">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>intradiscursivas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F6254">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: un enfoque multidimensional (pp. 92-104). Routledge. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="005F6254">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-            <w:color w:val="871f30"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="871F30"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t xml:space="preserve">http://dx.doi.org/10.4324/9781003455677-10</w:t>
+          <w:t>http://dx.doi.org/10.4324/9781003455677-10</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="005F6254">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
+    <w:p w14:paraId="45BEA0CE" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="007E6A20" w:rsidRDefault="00524634" w:rsidP="00DB2657">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="336600"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FA0F21F" w14:textId="77777777" w:rsidR="00C504CB" w:rsidRPr="000D54D4" w:rsidRDefault="00C504CB" w:rsidP="00C504CB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:color w:val="336600"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000D54D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Date of receipt:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D54D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> day/month/year</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
+    <w:p w14:paraId="6C757623" w14:textId="77777777" w:rsidR="00C504CB" w:rsidRPr="000D54D4" w:rsidRDefault="00C504CB" w:rsidP="00C504CB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r w:rsidRPr="000D54D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="871F30"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Date of acceptance:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D54D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> day/month/year</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
+    <w:p w14:paraId="3956BD17" w14:textId="77777777" w:rsidR="00C504CB" w:rsidRPr="00C504CB" w:rsidRDefault="00C504CB" w:rsidP="00DB2657">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...13 lines deleted...]
-      </w:r>
     </w:p>
-    <w:sectPr>
-[...4 lines deleted...]
-      <w:pgNumType w:start="1"/>
+    <w:p w14:paraId="113EC07D" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00C504CB" w:rsidRDefault="00524634" w:rsidP="00DB2657">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F6B3269" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00C504CB" w:rsidRDefault="00524634" w:rsidP="00DB2657">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E79A60F" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00C504CB" w:rsidRDefault="00524634" w:rsidP="00DB2657">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BE464F7" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00C504CB" w:rsidRDefault="00524634" w:rsidP="00DB2657">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64023790" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00C504CB" w:rsidRDefault="00524634" w:rsidP="00DB2657">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="441A755D" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00C504CB" w:rsidRDefault="00524634" w:rsidP="00DB2657">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="461559C2" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00C504CB" w:rsidRDefault="00524634" w:rsidP="00DB2657">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C2153AC" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00C504CB" w:rsidRDefault="00524634" w:rsidP="00DB2657">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6593D269" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00C504CB" w:rsidRDefault="00524634" w:rsidP="00DB2657">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="404DE04D" w14:textId="5AA363A6" w:rsidR="00CE17F4" w:rsidRPr="00C504CB" w:rsidRDefault="00CE17F4" w:rsidP="00DB2657">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00CE17F4" w:rsidRPr="00C504CB" w:rsidSect="00524634">
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="737" w:footer="487" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:titlePg/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="55A6E43C" w14:textId="77777777" w:rsidR="00F41544" w:rsidRDefault="00F41544" w:rsidP="000C74FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="44696638" w14:textId="77777777" w:rsidR="00F41544" w:rsidRDefault="00F41544" w:rsidP="000C74FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...4 lines deleted...]
-    <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId2" w:subsetted="0"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic">
+    <w:altName w:val="游ゴシック"/>
+    <w:panose1 w:val="020B0400000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Raleway">
-    <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId3" w:subsetted="0"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId6" w:subsetted="0"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002FF" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1606151933"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="871F30"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="67768411" w14:textId="71BB0C92" w:rsidR="007A6122" w:rsidRPr="004B0350" w:rsidRDefault="007A6122" w:rsidP="004B0350">
+        <w:pPr>
+          <w:pStyle w:val="Piedepgina"/>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="871F30"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="004B0350">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="871F30"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="004B0350">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="871F30"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="004B0350">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="871F30"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="004B0350">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="871F30"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004B0350">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="871F30"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="50A8CDD8" w14:textId="77777777" w:rsidR="0026313A" w:rsidRDefault="0026313A">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...17 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:pStyle w:val="Piedepgina"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-17618287"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
       <w:rPr>
-        <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
-[...9 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="871F30"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="14B053FD" w14:textId="5AC98183" w:rsidR="007A6122" w:rsidRPr="004B0350" w:rsidRDefault="007A6122" w:rsidP="004B0350">
+        <w:pPr>
+          <w:pStyle w:val="Piedepgina"/>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="871F30"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="004B0350">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="871F30"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="004B0350">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="871F30"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="004B0350">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="871F30"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="004B0350">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="871F30"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004B0350">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="871F30"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="1AFF4F9C" w14:textId="77777777" w:rsidR="0026313A" w:rsidRDefault="0026313A">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="51205883"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
       <w:rPr>
-        <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
-[...10 lines deleted...]
-        <w:rtl w:val="0"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="871F30"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Ramas. Revista de lengua española de la Universidad de Córdoba</w:t>
-    </w:r>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="4A0044EC" w14:textId="5B07F72F" w:rsidR="00F80245" w:rsidRPr="00F80245" w:rsidRDefault="00F80245">
+        <w:pPr>
+          <w:pStyle w:val="Piedepgina"/>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="871F30"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00F80245">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="871F30"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00F80245">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="871F30"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00F80245">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="871F30"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00F80245">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="871F30"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00F80245">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="871F30"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="66446810" w14:textId="77777777" w:rsidR="00F80245" w:rsidRDefault="00F80245">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...1 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="754A69A4" w14:textId="77777777" w:rsidR="00F41544" w:rsidRDefault="00F41544" w:rsidP="000C74FC">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="69BCE097" w14:textId="77777777" w:rsidR="00F41544" w:rsidRDefault="00F41544" w:rsidP="000C74FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="445B88E3" w14:textId="77777777" w:rsidR="00524634" w:rsidRPr="00CF2BF2" w:rsidRDefault="00524634" w:rsidP="00524634">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
-[...3 lines deleted...]
-          <w:strike w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rStyle w:val="FootnoteReference"/>
+      <w:r w:rsidRPr="00CF2BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-          <w:strike w:val="0"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. Ut nonummy.</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Donec </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nonummy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>augue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Suspendisse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dui </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>purus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>scelerisque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vulputate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vitae, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pretium</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mattis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D228F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, nunc. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF2BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mauris </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF2BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>eget</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF2BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> neque at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF2BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF2BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF2BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>venenatis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF2BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF2BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>eleifend</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF2BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ut </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF2BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nonummy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF2BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Raleway" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3B525805" w14:textId="05351885" w:rsidR="000C74FC" w:rsidRPr="00657985" w:rsidRDefault="00657985" w:rsidP="000B7230">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...17 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Aptos" w:cs="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
-[...9 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r w:rsidRPr="00657985">
       <w:rPr>
-        <w:rtl w:val="0"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:bCs/>
+        <w:color w:val="871F30"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
+      <w:t>Nombre</w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...98 lines deleted...]
-      </mc:AlternateContent>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:bCs/>
+        <w:color w:val="871F30"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> del autor</w:t>
+    </w:r>
+    <w:r w:rsidR="00A54079">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:bCs/>
+        <w:color w:val="871F30"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>/a</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7C3A76E1" w14:textId="0CA59CFA" w:rsidR="000C74FC" w:rsidRPr="00A55EC7" w:rsidRDefault="00A55EC7" w:rsidP="000B7230">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:bCs/>
+        <w:color w:val="871F30"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>Título del artículo</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2BD4A488" w14:textId="41F2CC4F" w:rsidR="00067E2A" w:rsidRPr="00067E2A" w:rsidRDefault="00067E2A" w:rsidP="00067E2A">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:before="80" w:after="80"/>
+      <w:ind w:left="-567" w:right="-567"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="871F30"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64E501F9" wp14:editId="4BF2230B">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>-59055</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-534670</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="8185785" cy="4337685"/>
+          <wp:effectExtent l="0" t="0" r="5715" b="5715"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1470141264" name="Imagen 3" descr="Patrón de fondo&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="2075574551" name="Imagen 3" descr="Patrón de fondo&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:alphaModFix amt="10000"/>
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="8185785" cy="4337685"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="00067E2A">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="871F30"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>Ramas. Revista de lengua española de la Universidad de Córdoba</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00067E2A">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="871F30"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:r w:rsidR="00DF4F46" w:rsidRPr="00DF4F46">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="871F30"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:highlight w:val="yellow"/>
+      </w:rPr>
+      <w:t>INFORMACIÓN QUE CUMPLIMENTA LA REVISTA</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="5CA00730" w14:textId="0A22642C" w:rsidR="008F2E96" w:rsidRDefault="00067E2A" w:rsidP="00067E2A">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4252"/>
+        <w:tab w:val="clear" w:pos="8504"/>
+        <w:tab w:val="left" w:pos="7177"/>
+      </w:tabs>
+      <w:spacing w:before="80" w:after="80"/>
+      <w:ind w:left="-567" w:right="-567"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00DF4F46">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="871F30"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:highlight w:val="yellow"/>
+      </w:rPr>
+      <w:t>DOI:</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00DF4F46">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:highlight w:val="yellow"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Enlace del DOI</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00067E2A">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:abstractNum w:abstractNumId="1">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FBA597D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9DF2BDDA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1" w16cid:durableId="241455116">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...1 lines deleted...]
-  <w:evenAndOddHeaders w:val="1"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="190"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:evenAndOddHeaders/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00A22C89"/>
+    <w:rsid w:val="00002A11"/>
+    <w:rsid w:val="00006B45"/>
+    <w:rsid w:val="000101E9"/>
+    <w:rsid w:val="00067E2A"/>
+    <w:rsid w:val="000B7230"/>
+    <w:rsid w:val="000C708A"/>
+    <w:rsid w:val="000C74FC"/>
+    <w:rsid w:val="000D54D4"/>
+    <w:rsid w:val="0011155C"/>
+    <w:rsid w:val="00134EA0"/>
+    <w:rsid w:val="0013504F"/>
+    <w:rsid w:val="001415B4"/>
+    <w:rsid w:val="00173F95"/>
+    <w:rsid w:val="0018754A"/>
+    <w:rsid w:val="001912C0"/>
+    <w:rsid w:val="001F328E"/>
+    <w:rsid w:val="0020648A"/>
+    <w:rsid w:val="00223E8A"/>
+    <w:rsid w:val="0026313A"/>
+    <w:rsid w:val="0026394E"/>
+    <w:rsid w:val="002E637B"/>
+    <w:rsid w:val="00300FB8"/>
+    <w:rsid w:val="003057A7"/>
+    <w:rsid w:val="0038668D"/>
+    <w:rsid w:val="00395A87"/>
+    <w:rsid w:val="003A4775"/>
+    <w:rsid w:val="003B0E41"/>
+    <w:rsid w:val="003D5715"/>
+    <w:rsid w:val="003F16A5"/>
+    <w:rsid w:val="0041596D"/>
+    <w:rsid w:val="00431A04"/>
+    <w:rsid w:val="00437EEA"/>
+    <w:rsid w:val="00467587"/>
+    <w:rsid w:val="00467B0C"/>
+    <w:rsid w:val="00492198"/>
+    <w:rsid w:val="00495BDE"/>
+    <w:rsid w:val="004B0350"/>
+    <w:rsid w:val="004C4683"/>
+    <w:rsid w:val="004C611F"/>
+    <w:rsid w:val="004D25DC"/>
+    <w:rsid w:val="004E2FCB"/>
+    <w:rsid w:val="00524634"/>
+    <w:rsid w:val="0056055A"/>
+    <w:rsid w:val="00573936"/>
+    <w:rsid w:val="00594199"/>
+    <w:rsid w:val="00596EB6"/>
+    <w:rsid w:val="005A5BF7"/>
+    <w:rsid w:val="005A69D9"/>
+    <w:rsid w:val="005F6254"/>
+    <w:rsid w:val="00657985"/>
+    <w:rsid w:val="00667F86"/>
+    <w:rsid w:val="00671C09"/>
+    <w:rsid w:val="0067383A"/>
+    <w:rsid w:val="006F3F31"/>
+    <w:rsid w:val="00735B60"/>
+    <w:rsid w:val="007524A4"/>
+    <w:rsid w:val="00754A3D"/>
+    <w:rsid w:val="00756769"/>
+    <w:rsid w:val="00797608"/>
+    <w:rsid w:val="007A4AB7"/>
+    <w:rsid w:val="007A6122"/>
+    <w:rsid w:val="007E6A20"/>
+    <w:rsid w:val="0083160A"/>
+    <w:rsid w:val="00883928"/>
+    <w:rsid w:val="008E1554"/>
+    <w:rsid w:val="008F2E96"/>
+    <w:rsid w:val="008F4F0F"/>
+    <w:rsid w:val="0091647F"/>
+    <w:rsid w:val="00923B8D"/>
+    <w:rsid w:val="00A17C11"/>
+    <w:rsid w:val="00A22C89"/>
+    <w:rsid w:val="00A23F5D"/>
+    <w:rsid w:val="00A41773"/>
+    <w:rsid w:val="00A54079"/>
+    <w:rsid w:val="00A55EC7"/>
+    <w:rsid w:val="00A753CB"/>
+    <w:rsid w:val="00A92D42"/>
+    <w:rsid w:val="00AC6745"/>
+    <w:rsid w:val="00AD31C0"/>
+    <w:rsid w:val="00B029A0"/>
+    <w:rsid w:val="00B11B71"/>
+    <w:rsid w:val="00B4280A"/>
+    <w:rsid w:val="00B45E1A"/>
+    <w:rsid w:val="00B74BA0"/>
+    <w:rsid w:val="00BA7201"/>
+    <w:rsid w:val="00C02A31"/>
+    <w:rsid w:val="00C14935"/>
+    <w:rsid w:val="00C20BEA"/>
+    <w:rsid w:val="00C504CB"/>
+    <w:rsid w:val="00C96D7B"/>
+    <w:rsid w:val="00CA02D2"/>
+    <w:rsid w:val="00CE17F4"/>
+    <w:rsid w:val="00CF37B4"/>
+    <w:rsid w:val="00D228F4"/>
+    <w:rsid w:val="00D5621C"/>
+    <w:rsid w:val="00D5633C"/>
+    <w:rsid w:val="00D62450"/>
+    <w:rsid w:val="00D634BE"/>
+    <w:rsid w:val="00D921F3"/>
+    <w:rsid w:val="00DB2657"/>
+    <w:rsid w:val="00DC5C3F"/>
+    <w:rsid w:val="00DF4179"/>
+    <w:rsid w:val="00DF4F46"/>
+    <w:rsid w:val="00E75D15"/>
+    <w:rsid w:val="00ED0A8D"/>
+    <w:rsid w:val="00ED61F4"/>
+    <w:rsid w:val="00EE1604"/>
+    <w:rsid w:val="00EF2097"/>
+    <w:rsid w:val="00F008C8"/>
+    <w:rsid w:val="00F161C4"/>
+    <w:rsid w:val="00F171B1"/>
+    <w:rsid w:val="00F41544"/>
+    <w:rsid w:val="00F50F2E"/>
+    <w:rsid w:val="00F7598C"/>
+    <w:rsid w:val="00F80245"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="es-ES" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="120BC624"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{A40EB3C5-3090-4388-9111-30B98BF8CC50}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Aptos" w:cs="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-US"/>
+        <w:lang w:val="es-ES" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="278.00000000000006" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
-[...106 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00524634"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
-    <w:qFormat w:val="1"/>
-    <w:rsid w:val="00DE5E8D"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A22C89"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="360"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
-      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo2Car"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DE5E8D"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A22C89"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="160"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
-      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo3Car"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DE5E8D"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A22C89"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="160"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo4Car"/>
     <w:uiPriority w:val="9"/>
-    <w:unhideWhenUsed w:val="1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DE5E8D"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A22C89"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="40" w:before="80"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-[...2 lines deleted...]
-      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo5Car"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DE5E8D"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A22C89"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="40" w:before="80"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo6Car"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DE5E8D"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A22C89"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="0" w:before="40"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-[...2 lines deleted...]
-      <w:color w:val="595959" w:themeColor="text1" w:themeTint="0000A6"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo7Car"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DE5E8D"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A22C89"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="0" w:before="40"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-      <w:color w:val="595959" w:themeColor="text1" w:themeTint="0000A6"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo8Car"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DE5E8D"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A22C89"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-      <w:keepLines w:val="1"/>
+      <w:keepNext/>
+      <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-[...2 lines deleted...]
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="0000D8"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo9Car"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DE5E8D"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A22C89"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-      <w:keepLines w:val="1"/>
+      <w:keepNext/>
+      <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="0000D8"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fuentedeprrafopredeter" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Tablanormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
-      <w:tblInd w:w="0.0" w:type="dxa"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Sinlista" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Ttulo1Car" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00DE5E8D"/>
+    <w:rsid w:val="00A22C89"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
-      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Ttulo2Car" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
     <w:name w:val="Título 2 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-    <w:rsid w:val="00DE5E8D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A22C89"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
-      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Ttulo3Car" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
     <w:name w:val="Título 3 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo3"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-    <w:rsid w:val="00DE5E8D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A22C89"/>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Ttulo4Car" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
     <w:name w:val="Título 4 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00DE5E8D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A22C89"/>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-[...2 lines deleted...]
-      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Ttulo5Car" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Car">
     <w:name w:val="Título 5 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo5"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-    <w:rsid w:val="00DE5E8D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A22C89"/>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Ttulo6Car" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo6Car">
     <w:name w:val="Título 6 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo6"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-    <w:rsid w:val="00DE5E8D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A22C89"/>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-[...2 lines deleted...]
-      <w:color w:val="595959" w:themeColor="text1" w:themeTint="0000A6"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Ttulo7Car" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo7Car">
     <w:name w:val="Título 7 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo7"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-    <w:rsid w:val="00DE5E8D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A22C89"/>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-      <w:color w:val="595959" w:themeColor="text1" w:themeTint="0000A6"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Ttulo8Car" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo8Car">
     <w:name w:val="Título 8 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo8"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-    <w:rsid w:val="00DE5E8D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A22C89"/>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-[...2 lines deleted...]
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="0000D8"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Ttulo9Car" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo9Car">
     <w:name w:val="Título 9 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo9"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-    <w:rsid w:val="00DE5E8D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A22C89"/>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="0000D8"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TtuloCar"/>
     <w:uiPriority w:val="10"/>
-    <w:qFormat w:val="1"/>
-    <w:rsid w:val="00DE5E8D"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A22C89"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
-      <w:contextualSpacing w:val="1"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TtuloCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TtuloCar">
     <w:name w:val="Título Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00DE5E8D"/>
+    <w:rsid w:val="00A22C89"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subttulo">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubttuloCar"/>
     <w:uiPriority w:val="11"/>
-    <w:qFormat w:val="1"/>
-    <w:rsid w:val="00DE5E8D"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A22C89"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-      <w:color w:val="595959" w:themeColor="text1" w:themeTint="0000A6"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SubttuloCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubttuloCar">
     <w:name w:val="Subtítulo Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Subttulo"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00DE5E8D"/>
+    <w:rsid w:val="00A22C89"/>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-      <w:color w:val="595959" w:themeColor="text1" w:themeTint="0000A6"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cita">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CitaCar"/>
     <w:uiPriority w:val="29"/>
-    <w:qFormat w:val="1"/>
-    <w:rsid w:val="00DE5E8D"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A22C89"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:i w:val="1"/>
-[...1 lines deleted...]
-      <w:color w:val="404040" w:themeColor="text1" w:themeTint="0000BF"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CitaCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitaCar">
     <w:name w:val="Cita Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Cita"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="00DE5E8D"/>
+    <w:rsid w:val="00A22C89"/>
     <w:rPr>
-      <w:i w:val="1"/>
-[...1 lines deleted...]
-      <w:color w:val="404040" w:themeColor="text1" w:themeTint="0000BF"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
-    <w:qFormat w:val="1"/>
-    <w:rsid w:val="00DE5E8D"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A22C89"/>
     <w:pPr>
       <w:ind w:left="720"/>
-      <w:contextualSpacing w:val="1"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="nfasisintenso">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="21"/>
-    <w:qFormat w:val="1"/>
-    <w:rsid w:val="00DE5E8D"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A22C89"/>
     <w:rPr>
-      <w:i w:val="1"/>
-[...1 lines deleted...]
-      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Citadestacada">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CitadestacadaCar"/>
     <w:uiPriority w:val="30"/>
-    <w:qFormat w:val="1"/>
-    <w:rsid w:val="00DE5E8D"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A22C89"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:color="0f4761" w:space="10" w:sz="4" w:themeColor="accent1" w:themeShade="0000BF" w:val="single"/>
-        <w:bottom w:color="0f4761" w:space="10" w:sz="4" w:themeColor="accent1" w:themeShade="0000BF" w:val="single"/>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
-      <w:spacing w:after="360" w:before="360"/>
+      <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:i w:val="1"/>
-[...1 lines deleted...]
-      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CitadestacadaCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitadestacadaCar">
     <w:name w:val="Cita destacada Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Citadestacada"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00DE5E8D"/>
+    <w:rsid w:val="00A22C89"/>
     <w:rPr>
-      <w:i w:val="1"/>
-[...1 lines deleted...]
-      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Referenciaintensa">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="32"/>
-    <w:qFormat w:val="1"/>
-    <w:rsid w:val="00DE5E8D"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A22C89"/>
     <w:rPr>
-      <w:b w:val="1"/>
-[...2 lines deleted...]
-      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
-    </w:rPr>
-[...66 lines deleted...]
-      <w:lang w:eastAsia="es-ES" w:val="ru"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed w:val="1"/>
-    <w:rsid w:val="00CE7627"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000C74FC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="EncabezadoCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Encabezado"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00CE7627"/>
+    <w:rsid w:val="000C74FC"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed w:val="1"/>
-    <w:rsid w:val="00CE7627"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000C74FC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PiedepginaCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00CE7627"/>
+    <w:rsid w:val="000C74FC"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed w:val="1"/>
-    <w:rsid w:val="00CE7627"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007A6122"/>
     <w:rPr>
       <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CE7627"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007A6122"/>
     <w:rPr>
-      <w:color w:val="605e5c"/>
-      <w:shd w:color="auto" w:fill="e1dfdd" w:val="clear"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
-  </w:style>
-[...65 lines deleted...]
-    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.4067/S0071-17132020000100131" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.4324/9781003455677-10" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
-<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Play-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Play-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Raleway-regular.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Raleway-bold.ttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Raleway-italic.ttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Raleway-boldItalic.ttf"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.4324/9781003455677-10" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.4067/S0071-17132020000100131" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.4067/S0071-17132020000100131" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -3461,50 +12167,91 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</go:gDocsCustomXmlDataStorage>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B5E6BD5-6A1D-4FCE-9792-F72E1A6163CC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
-    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>4</Pages>
+  <Words>828</Words>
+  <Characters>4556</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>37</Lines>
+  <Paragraphs>10</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Título</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>5374</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Rafael  Fernández Mata</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dc:creator>Rafael  Fernández Mata</dc:creator>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>