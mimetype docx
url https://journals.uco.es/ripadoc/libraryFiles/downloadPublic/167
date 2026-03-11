--- v0 (2026-02-19)
+++ v1 (2026-03-11)
@@ -182,343 +182,427 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F71F30">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Name Surname</w:t>
       </w:r>
       <w:r w:rsidR="005F49A2" w:rsidRPr="00F71F30">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidR="00A06D85" w:rsidRPr="00F71F30">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79848D2C" w14:textId="66CA372A" w:rsidR="005F49A2" w:rsidRPr="00A04E1D" w:rsidRDefault="00A04E1D" w:rsidP="00771AFA">
+    <w:p w14:paraId="79848D2C" w14:textId="66CA372A" w:rsidR="005F49A2" w:rsidRPr="00F148DA" w:rsidRDefault="00A04E1D" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="Fechas"/>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:lang w:val="en-GB"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="3EFD1387">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">(The </w:t>
       </w:r>
-      <w:r w:rsidR="005F49A2" w:rsidRPr="3EFD1387">
+      <w:r w:rsidR="005F49A2" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>informa</w:t>
       </w:r>
-      <w:r w:rsidRPr="3EFD1387">
+      <w:r w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>tio</w:t>
       </w:r>
-      <w:r w:rsidR="005F49A2" w:rsidRPr="3EFD1387">
+      <w:r w:rsidR="005F49A2" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">n </w:t>
       </w:r>
-      <w:r w:rsidRPr="3EFD1387">
+      <w:r w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">highlighted in </w:t>
       </w:r>
-      <w:r w:rsidR="19E3FBC3" w:rsidRPr="3EFD1387">
+      <w:r w:rsidR="19E3FBC3" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">red </w:t>
       </w:r>
-      <w:r w:rsidRPr="3EFD1387">
+      <w:r w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>will be completed by the journal once</w:t>
       </w:r>
-      <w:r w:rsidR="005F49A2" w:rsidRPr="3EFD1387">
+      <w:r w:rsidR="005F49A2" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
-          <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="3EFD1387">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="005F49A2" w:rsidRPr="3EFD1387">
+      <w:r w:rsidR="005F49A2" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> art</w:t>
       </w:r>
-      <w:r w:rsidRPr="3EFD1387">
+      <w:r w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="005F49A2" w:rsidRPr="3EFD1387">
+      <w:r w:rsidR="005F49A2" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="3EFD1387">
+      <w:r w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>le has been accepted for</w:t>
       </w:r>
-      <w:r w:rsidR="005F49A2" w:rsidRPr="3EFD1387">
+      <w:r w:rsidR="005F49A2" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> publica</w:t>
       </w:r>
-      <w:r w:rsidRPr="3EFD1387">
+      <w:r w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>tio</w:t>
       </w:r>
-      <w:r w:rsidR="005F49A2" w:rsidRPr="3EFD1387">
+      <w:r w:rsidR="005F49A2" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="604C36F4" w14:textId="62E7A56D" w:rsidR="00A945C2" w:rsidRPr="00A04E1D" w:rsidRDefault="00A04E1D" w:rsidP="00771AFA">
+    <w:p w14:paraId="604C36F4" w14:textId="62E7A56D" w:rsidR="00A945C2" w:rsidRPr="00F148DA" w:rsidRDefault="00A04E1D" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="Fechas"/>
         <w:rPr>
           <w:color w:val="EE0000"/>
-          <w:lang w:val="en-GB"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AF7FB6">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Submitted</w:t>
       </w:r>
-      <w:r w:rsidR="00A945C2" w:rsidRPr="00AF7FB6">
+      <w:r w:rsidR="00A945C2" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="001A15EF" w:rsidRPr="00AF7FB6">
+      <w:r w:rsidR="001A15EF" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:r w:rsidR="00A945C2" w:rsidRPr="00AF7FB6">
+      <w:r w:rsidR="00A945C2" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="001A15EF" w:rsidRPr="00AF7FB6">
+      <w:r w:rsidR="001A15EF" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:r w:rsidR="00A945C2" w:rsidRPr="00AF7FB6">
+      <w:r w:rsidR="00A945C2" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>/20</w:t>
       </w:r>
-      <w:r w:rsidR="001A15EF" w:rsidRPr="00AF7FB6">
+      <w:r w:rsidR="001A15EF" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:r w:rsidR="00A945C2" w:rsidRPr="00AF7FB6">
+      <w:r w:rsidR="00A945C2" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF7FB6">
+      <w:r w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Rev</w:t>
       </w:r>
-      <w:r w:rsidR="00AF7FB6" w:rsidRPr="00AF7FB6">
+      <w:r w:rsidR="00AF7FB6" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF7FB6">
+      <w:r w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ed</w:t>
       </w:r>
-      <w:r w:rsidR="00A945C2" w:rsidRPr="00AF7FB6">
+      <w:r w:rsidR="00A945C2" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="001A15EF" w:rsidRPr="00AF7FB6">
+      <w:r w:rsidR="001A15EF" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>xx/xx/</w:t>
       </w:r>
-      <w:r w:rsidR="00A945C2" w:rsidRPr="00AF7FB6">
+      <w:r w:rsidR="00A945C2" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="001A15EF" w:rsidRPr="00AF7FB6">
+      <w:r w:rsidR="001A15EF" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:r w:rsidR="00A945C2" w:rsidRPr="00AF7FB6">
+      <w:r w:rsidR="00A945C2" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF7FB6">
+      <w:r w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Accepted</w:t>
       </w:r>
-      <w:r w:rsidR="00A945C2" w:rsidRPr="00AF7FB6">
+      <w:r w:rsidR="00A945C2" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="001A15EF" w:rsidRPr="00AF7FB6">
+      <w:r w:rsidR="001A15EF" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:r w:rsidR="00D13A90" w:rsidRPr="00AF7FB6">
+      <w:r w:rsidR="00D13A90" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="001A15EF" w:rsidRPr="00AF7FB6">
+      <w:r w:rsidR="001A15EF" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:r w:rsidR="00A945C2" w:rsidRPr="00AF7FB6">
+      <w:r w:rsidR="00A945C2" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>/20</w:t>
       </w:r>
-      <w:r w:rsidR="68D66400" w:rsidRPr="00AF7FB6">
+      <w:r w:rsidR="68D66400" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:r w:rsidR="005F49A2" w:rsidRPr="00A04E1D">
+      <w:r w:rsidR="005F49A2" w:rsidRPr="00F148DA">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00B8EC5A" w14:textId="30C371EA" w:rsidR="00A945C2" w:rsidRPr="00A04E1D" w:rsidRDefault="00A04E1D" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="CmoCitarencabezado"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>How to cite this article</w:t>
       </w:r>
       <w:r w:rsidR="00A945C2" w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
@@ -631,95 +715,112 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F752EC" w:rsidRPr="00F71F30">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="004A7B2A" w:rsidRPr="00F71F30">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>20xx</w:t>
       </w:r>
       <w:r w:rsidR="00F752EC" w:rsidRPr="00F71F30">
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r w:rsidRPr="00F71F30">
         <w:t>Title</w:t>
       </w:r>
       <w:r w:rsidR="001A15EF" w:rsidRPr="00F71F30">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F71F30">
-        <w:t>of the</w:t>
-      </w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F71F30">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F71F30">
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001A15EF" w:rsidRPr="00F71F30">
-        <w:t xml:space="preserve"> art</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A15EF" w:rsidRPr="00F71F30">
+        <w:t>art</w:t>
       </w:r>
       <w:r w:rsidRPr="00F71F30">
         <w:t>icle</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001A15EF" w:rsidRPr="00F71F30">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F752EC" w:rsidRPr="00F71F30">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Revista de Innovación y Buenas Prácticas Docentes, </w:t>
       </w:r>
       <w:r w:rsidR="001A15EF" w:rsidRPr="00F71F30">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>x</w:t>
       </w:r>
       <w:r w:rsidR="001A15EF" w:rsidRPr="00F71F30">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>(x)</w:t>
       </w:r>
       <w:r w:rsidR="00F752EC" w:rsidRPr="00F71F30">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001A15EF" w:rsidRPr="00F71F30">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>pp</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005F49A2" w:rsidRPr="00F71F30">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>-pp</w:t>
       </w:r>
       <w:r w:rsidR="00D13A90" w:rsidRPr="00F71F30">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20201ECC" w14:textId="6CDAF315" w:rsidR="00EE2C30" w:rsidRPr="00A04E1D" w:rsidRDefault="00EE2C30" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="AutorCorrespondencia"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Correspond</w:t>
       </w:r>
       <w:r w:rsidR="00A04E1D">
         <w:rPr>
@@ -785,58 +886,51 @@
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3EFD1387">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The abstract in English will have</w:t>
       </w:r>
       <w:r w:rsidR="001A15EF" w:rsidRPr="3EFD1387">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F378C7" w:rsidRPr="3EFD1387">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>maximum</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">maximum </w:t>
       </w:r>
       <w:r w:rsidR="78CFE636" w:rsidRPr="3EFD1387">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="005F49A2" w:rsidRPr="3EFD1387">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">0 </w:t>
       </w:r>
       <w:r w:rsidR="00AF7FB6" w:rsidRPr="3EFD1387">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>words and must be written as a single paragraph. It must follow the following structure, without including headings: introduction, objectives, methodology, findings, and conclusions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17F217DD" w14:textId="621F71A9" w:rsidR="00A945C2" w:rsidRPr="00A04E1D" w:rsidRDefault="00A04E1D" w:rsidP="00771AFA">
       <w:pPr>
@@ -905,102 +999,97 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D8A4856" w14:textId="77777777" w:rsidR="00305974" w:rsidRPr="00A04E1D" w:rsidRDefault="00305974" w:rsidP="00771AFA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D05D6EB" w14:textId="5E2C0B9F" w:rsidR="00A945C2" w:rsidRPr="00A04E1D" w:rsidRDefault="00A04E1D" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A945C2" w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B0EA827" w14:textId="0B61234F" w:rsidR="00AF7FB6" w:rsidRPr="00A04E1D" w:rsidRDefault="00AF7FB6" w:rsidP="00AF7FB6">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The abstract in Spanish will have</w:t>
       </w:r>
       <w:r w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F378C7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>maximum</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">maximum </w:t>
       </w:r>
       <w:r w:rsidR="00B30CA9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>200</w:t>
       </w:r>
       <w:r w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
       <w:r w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -1236,51 +1325,555 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0009145B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">must </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF7FB6">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>establish the theoretical framework of the proposal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17D695FB" w14:textId="65F60E1E" w:rsidR="005D6B39" w:rsidRPr="00A04E1D" w:rsidRDefault="005D6B39" w:rsidP="00E1416C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua.</w:t>
+        <w:t xml:space="preserve">Lorem ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60DE96BD" w14:textId="43ABCCA2" w:rsidR="0CC4E609" w:rsidRPr="00A04E1D" w:rsidRDefault="0CC4E609" w:rsidP="232AD946">
       <w:pPr>
         <w:pStyle w:val="APARTADOPRINCIPAL"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>OBJE</w:t>
       </w:r>
       <w:r w:rsidR="00AF7FB6">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -1353,106 +1946,736 @@
         </w:rPr>
         <w:t>Specific</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF7FB6">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> objectives may be included using the following format:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E4EE9B6" w14:textId="3E42F4BB" w:rsidR="496E6497" w:rsidRPr="00A04E1D" w:rsidRDefault="1F335A11" w:rsidP="00CA3240">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Lorem ipsum dolor sit amet.</w:t>
+        <w:t xml:space="preserve">Lorem ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C200A70" w14:textId="77777777" w:rsidR="00CA3240" w:rsidRPr="00A04E1D" w:rsidRDefault="1F335A11" w:rsidP="00CA3240">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Lorem ipsum dolor sit amet.</w:t>
+        <w:t xml:space="preserve">Lorem ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C8656B4" w14:textId="1767461E" w:rsidR="00CA3240" w:rsidRPr="00A04E1D" w:rsidRDefault="00CA3240" w:rsidP="00CA3240">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Lorem ipsum dolor sit amet.</w:t>
+        <w:t xml:space="preserve">Lorem ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15EB2E3F" w14:textId="4C8ECFA2" w:rsidR="496E6497" w:rsidRPr="00A04E1D" w:rsidRDefault="00CA3240" w:rsidP="00CA3240">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>orem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua.</w:t>
+        <w:t xml:space="preserve">orem ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32710B92" w14:textId="0A8CDD67" w:rsidR="00AF3498" w:rsidRPr="00A04E1D" w:rsidRDefault="0CC4E609" w:rsidP="00271A82">
       <w:pPr>
         <w:pStyle w:val="APARTADOPRINCIPAL"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>MET</w:t>
       </w:r>
       <w:r w:rsidR="00AF7FB6">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>HOD</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="158F9BF7" w14:textId="56921147" w:rsidR="00305974" w:rsidRPr="00A04E1D" w:rsidRDefault="0CC4E609" w:rsidP="232AD946">
       <w:pPr>
         <w:pStyle w:val="SubApartadonivel1"/>
@@ -1517,51 +2740,555 @@
         <w:t xml:space="preserve">This section </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">must </w:t>
       </w:r>
       <w:r w:rsidRPr="0009145B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>describe the innovation experience presented, including the following information: participants, design and variables, procedure, and data analysis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67E20B20" w14:textId="77777777" w:rsidR="008128A6" w:rsidRPr="00A04E1D" w:rsidRDefault="008128A6" w:rsidP="00E1416C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua.</w:t>
+        <w:t xml:space="preserve">Lorem ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29AE0ABF" w14:textId="482CE7C4" w:rsidR="00AF3498" w:rsidRPr="00A04E1D" w:rsidRDefault="00F71F30" w:rsidP="00271A82">
       <w:pPr>
         <w:pStyle w:val="APARTADOPRINCIPAL"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk534705458"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:iCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>RESULTS</w:t>
@@ -1784,51 +3511,67 @@
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> this format</w:t>
       </w:r>
       <w:r w:rsidRPr="0009145B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23A2E37E" w14:textId="5CD6AEE3" w:rsidR="0009145B" w:rsidRPr="00A04E1D" w:rsidRDefault="0009145B" w:rsidP="00E1416C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0009145B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Table 1 shows xxxxxxxx.</w:t>
+        <w:t xml:space="preserve">Table 1 shows </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0009145B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>xxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0009145B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19183A94" w14:textId="4D9E9285" w:rsidR="00D5267A" w:rsidRPr="00F71F30" w:rsidRDefault="00D5267A" w:rsidP="00E27C5A">
       <w:pPr>
         <w:pStyle w:val="TtuloTabla"/>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F71F30">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Table 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="518C0898" w14:textId="4295C35F" w:rsidR="00D5267A" w:rsidRPr="00F71F30" w:rsidRDefault="00D5267A" w:rsidP="00D5267A">
       <w:pPr>
         <w:pStyle w:val="TtuloTabla"/>
@@ -2294,51 +4037,59 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61143669" w14:textId="72431DAB" w:rsidR="00D5267A" w:rsidRPr="007B043D" w:rsidRDefault="00D5267A" w:rsidP="00D5267A">
       <w:pPr>
         <w:pStyle w:val="PiedeTabla"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C94850">
         <w:rPr>
           <w:i/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>Not</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
-        <w:t>. Xxx.</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Xxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="615DDA0D" w14:textId="5ADA001C" w:rsidR="00EA5876" w:rsidRPr="0009145B" w:rsidRDefault="00EA5876" w:rsidP="00E1416C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0009145B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">If a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>figure</w:t>
       </w:r>
       <w:r w:rsidRPr="0009145B">
         <w:rPr>
@@ -2401,51 +4152,67 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00582D9E" w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 </w:t>
       </w:r>
       <w:r w:rsidR="00810131">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>shows</w:t>
       </w:r>
       <w:r w:rsidR="00582D9E" w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> xxxxxxxx.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00582D9E" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>xxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00582D9E" w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EE2AE0F" w14:textId="0232B5C0" w:rsidR="00D5267A" w:rsidRPr="00F71F30" w:rsidRDefault="00D5267A" w:rsidP="00D5267A">
       <w:pPr>
         <w:pStyle w:val="TtuloTabla"/>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F71F30">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Figure 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="493C3C68" w14:textId="5C3AA308" w:rsidR="00D5267A" w:rsidRPr="00F71F30" w:rsidRDefault="00D5267A" w:rsidP="00D5267A">
       <w:pPr>
         <w:pStyle w:val="TtuloTabla"/>
         <w:rPr>
@@ -2524,64 +4291,582 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="13D60DAE" w14:textId="77777777" w:rsidR="00D5267A" w:rsidRPr="00F71F30" w:rsidRDefault="00D5267A" w:rsidP="00D5267A">
       <w:pPr>
         <w:pStyle w:val="PiedeTabla"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F71F30">
         <w:rPr>
           <w:i/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Nota</w:t>
       </w:r>
       <w:r w:rsidRPr="00F71F30">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>. Xxx.</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F71F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F71F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B0D9474" w14:textId="096F125A" w:rsidR="00B04A50" w:rsidRPr="00A04E1D" w:rsidRDefault="005D6B39" w:rsidP="00CA3240">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua.</w:t>
+        <w:t xml:space="preserve">Lorem ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="353EAAE0" w14:textId="1CF3F308" w:rsidR="22CA41EC" w:rsidRPr="00A04E1D" w:rsidRDefault="22CA41EC" w:rsidP="232AD946">
       <w:pPr>
         <w:pStyle w:val="APARTADOPRINCIPAL"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>DISCU</w:t>
       </w:r>
       <w:r w:rsidR="00EA5876">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>SSION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10AE4E62" w14:textId="2074D179" w:rsidR="63B2CF21" w:rsidRPr="00A04E1D" w:rsidRDefault="00E6238B" w:rsidP="00633A8B">
       <w:pPr>
         <w:rPr>
@@ -2627,51 +4912,387 @@
         <w:t xml:space="preserve">, followed by a discussion of the results, including limitations and future lines of innovation/research, as well as future </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>possibilities</w:t>
       </w:r>
       <w:r w:rsidRPr="00E6238B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for improvement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B43AAAA" w14:textId="0DB28D46" w:rsidR="63B2CF21" w:rsidRPr="00A04E1D" w:rsidRDefault="63B2CF21" w:rsidP="232AD946">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua.</w:t>
+        <w:t xml:space="preserve">Lorem ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4304EDD9" w14:textId="27C4433F" w:rsidR="00AF3498" w:rsidRPr="00A04E1D" w:rsidRDefault="00AF3498" w:rsidP="00271A82">
       <w:pPr>
         <w:pStyle w:val="APARTADOPRINCIPAL"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>CONCLUSION</w:t>
       </w:r>
       <w:r w:rsidR="00E6238B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F257127" w14:textId="3C94E533" w:rsidR="00B04A50" w:rsidRPr="00A04E1D" w:rsidRDefault="00E6238B" w:rsidP="00365013">
       <w:pPr>
         <w:rPr>
@@ -2698,51 +5319,387 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">must </w:t>
       </w:r>
       <w:r w:rsidRPr="00E6238B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>summarise the key findings of the innovation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="738EB850" w14:textId="0DB28D46" w:rsidR="7B597D74" w:rsidRPr="00A04E1D" w:rsidRDefault="7B597D74" w:rsidP="232AD946">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua.</w:t>
+        <w:t xml:space="preserve">Lorem ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04E1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EFF826F" w14:textId="41A8BE5B" w:rsidR="00AF3498" w:rsidRPr="00A04E1D" w:rsidRDefault="00AF3498" w:rsidP="00271A82">
       <w:pPr>
         <w:pStyle w:val="APARTADOPRINCIPAL"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>REFERENC</w:t>
       </w:r>
       <w:r w:rsidR="00E6238B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B3BB052" w14:textId="3BB23613" w:rsidR="00C66ED6" w:rsidRPr="00F71F30" w:rsidRDefault="00E6238B" w:rsidP="001C0CE4">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
@@ -2797,96 +5754,124 @@
         </w:rPr>
         <w:t>e.g.</w:t>
       </w:r>
       <w:r w:rsidR="37FF943A" w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="497D3399" w:rsidRPr="00A04E1D">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>bit.ly</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="6B99501B" w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="1D918E2B" w:rsidRPr="00A04E1D">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>TinyURL</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="2936C598" w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="2936C598" w:rsidRPr="00A04E1D">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>n9</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="2936C598" w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> o </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="7B7BC200" w:rsidRPr="00A04E1D">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>ShortURL</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="7B7BC200" w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r w:rsidRPr="00F71F30">
-        <w:t>Some examples are shown below:</w:t>
+        <w:t xml:space="preserve">Some </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F71F30">
+        <w:t>examples</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F71F30">
+        <w:t xml:space="preserve"> are </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F71F30">
+        <w:t>shown</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F71F30">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F71F30">
+        <w:t>below</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F71F30">
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2724B9FB" w14:textId="77777777" w:rsidR="001C0CE4" w:rsidRPr="00F71F30" w:rsidRDefault="001C0CE4" w:rsidP="00601102">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BE80504" w14:textId="5773F163" w:rsidR="00B04A50" w:rsidRPr="00F71F30" w:rsidRDefault="00B04A50" w:rsidP="00365013">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00F71F30">
         <w:t xml:space="preserve">Cebrián, M. (coord.) (2003). </w:t>
       </w:r>
       <w:r w:rsidRPr="00F71F30">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Enseñanza virtual para la innovación universitaria</w:t>
       </w:r>
       <w:r w:rsidRPr="00F71F30">
         <w:t>. Narcea.</w:t>
       </w:r>
@@ -2913,92 +5898,101 @@
         <w:t>Revista Educación, Política y Sociedad, 3</w:t>
       </w:r>
       <w:r w:rsidR="00C12E5A" w:rsidRPr="00F71F30">
         <w:t>(1), 7</w:t>
       </w:r>
       <w:r w:rsidR="00E6238B" w:rsidRPr="00F71F30">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00C12E5A" w:rsidRPr="00F71F30">
         <w:t xml:space="preserve">30. </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="173D52E9" w:rsidRPr="00F71F30">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://doi.org/10.15366/reps2018.3.1.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="20062A9B" w14:textId="72AEE6DC" w:rsidR="00B04A50" w:rsidRPr="00F71F30" w:rsidRDefault="00C12E5A" w:rsidP="00365013">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F71F30">
-        <w:t>Fueyo, A., Rodríguez-Hoyos, C.</w:t>
+        <w:t>Fueyo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F71F30">
+        <w:t>, A., Rodríguez-Hoyos, C.</w:t>
       </w:r>
       <w:r w:rsidR="00E6238B" w:rsidRPr="00F71F30">
         <w:t>, &amp;</w:t>
       </w:r>
       <w:r w:rsidR="00B04A50" w:rsidRPr="00F71F30">
         <w:t xml:space="preserve"> Linares, C. (2015) La innovación docente de la formación de los profesionales de la educación: </w:t>
       </w:r>
       <w:r w:rsidR="47261240" w:rsidRPr="00F71F30">
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00B04A50" w:rsidRPr="00F71F30">
         <w:t xml:space="preserve">l papel de la educación mediática. </w:t>
       </w:r>
       <w:r w:rsidR="00E6238B" w:rsidRPr="00F71F30">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00B04A50" w:rsidRPr="00F71F30">
         <w:t xml:space="preserve">n </w:t>
       </w:r>
       <w:r w:rsidR="12C48C64" w:rsidRPr="00F71F30">
         <w:t xml:space="preserve">J. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B04A50" w:rsidRPr="00F71F30">
         <w:t>Ferrés</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="1769DDF0" w:rsidRPr="00F71F30">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E6238B" w:rsidRPr="00F71F30">
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidR="00B04A50" w:rsidRPr="00F71F30">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="1774D75C" w:rsidRPr="00F71F30">
         <w:t xml:space="preserve">M. J. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B04A50" w:rsidRPr="00F71F30">
         <w:t>Masanet</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="2BB13349" w:rsidRPr="00F71F30">
         <w:t xml:space="preserve"> (Eds.),</w:t>
       </w:r>
       <w:r w:rsidR="00B04A50" w:rsidRPr="00F71F30">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B04A50" w:rsidRPr="00F71F30">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">La educación mediática en la universidad española </w:t>
       </w:r>
       <w:r w:rsidR="00B04A50" w:rsidRPr="00F71F30">
         <w:t>(pp. 31</w:t>
       </w:r>
       <w:r w:rsidR="00E6238B" w:rsidRPr="00F71F30">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00B04A50" w:rsidRPr="00F71F30">
         <w:t>51)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F71F30">
         <w:t>.</w:t>
       </w:r>
@@ -3048,56 +6042,65 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">23. </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="146EDBAA" w:rsidRPr="00A04E1D">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>https://doi.org/10.14201/eks2015164623</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="451361F7" w14:textId="7FEA8CFF" w:rsidR="68019798" w:rsidRPr="00F71F30" w:rsidRDefault="68019798" w:rsidP="00633A8B">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00A04E1D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Green, B. P. (2018). Ethical reflections on artificial intelligence. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F71F30">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Scientia et Fides, 6</w:t>
+        <w:t>Scientia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F71F30">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Fides, 6</w:t>
       </w:r>
       <w:r w:rsidRPr="00F71F30">
         <w:t>(2), 9</w:t>
       </w:r>
       <w:r w:rsidR="00E6238B" w:rsidRPr="00F71F30">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00F71F30">
         <w:t xml:space="preserve">31. </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="27F76875" w:rsidRPr="00F71F30">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://tinyurl.com/vds4b3dt</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="75626889" w14:textId="33AAE320" w:rsidR="439D87FC" w:rsidRPr="00F71F30" w:rsidRDefault="439D87FC" w:rsidP="30806113">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00F71F30">
@@ -3177,61 +6180,61 @@
           </w:rPr>
           <w:t>https://doi.org/10.7238/rusc.v1i1.228</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00AF3498" w:rsidRPr="00F71F30" w:rsidSect="000B2255">
       <w:headerReference w:type="even" r:id="rId18"/>
       <w:headerReference w:type="default" r:id="rId19"/>
       <w:footerReference w:type="even" r:id="rId20"/>
       <w:footerReference w:type="default" r:id="rId21"/>
       <w:headerReference w:type="first" r:id="rId22"/>
       <w:footerReference w:type="first" r:id="rId23"/>
       <w:pgSz w:w="11907" w:h="16783" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1701" w:bottom="1418" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="061C8F57" w14:textId="77777777" w:rsidR="00B95DD8" w:rsidRDefault="00B95DD8" w:rsidP="00A945C2">
+    <w:p w14:paraId="017BCF9D" w14:textId="77777777" w:rsidR="009C6733" w:rsidRDefault="009C6733" w:rsidP="00A945C2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="55C50657" w14:textId="77777777" w:rsidR="00B95DD8" w:rsidRDefault="00B95DD8" w:rsidP="00A945C2">
+    <w:p w14:paraId="5AC8ADF1" w14:textId="77777777" w:rsidR="009C6733" w:rsidRDefault="009C6733" w:rsidP="00A945C2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -3277,188 +6280,191 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1262452740"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="6EC3ECB0" w14:textId="77777777" w:rsidR="00B04A50" w:rsidRPr="00FC1682" w:rsidRDefault="00B04A50" w:rsidP="000B2255">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:pBdr>
             <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           </w:pBdr>
           <w:tabs>
             <w:tab w:val="clear" w:pos="4252"/>
           </w:tabs>
           <w:ind w:firstLine="0"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00421FED">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2059198305"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="585D8DFF" w14:textId="36356E15" w:rsidR="00B04A50" w:rsidRDefault="00B04A50" w:rsidP="00771AFA">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:pBdr>
             <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           </w:pBdr>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00421FED">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1287646420"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="729F0F21" w14:textId="55B44AAF" w:rsidR="000B2255" w:rsidRPr="000B2255" w:rsidRDefault="000B2255" w:rsidP="000B2255">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:pBdr>
             <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           </w:pBdr>
           <w:tabs>
             <w:tab w:val="clear" w:pos="4252"/>
           </w:tabs>
           <w:ind w:firstLine="0"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00948800" w14:textId="77777777" w:rsidR="00B95DD8" w:rsidRDefault="00B95DD8" w:rsidP="00A945C2">
+    <w:p w14:paraId="6E8F411A" w14:textId="77777777" w:rsidR="009C6733" w:rsidRDefault="009C6733" w:rsidP="00A945C2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6474DE97" w14:textId="77777777" w:rsidR="00B95DD8" w:rsidRDefault="00B95DD8" w:rsidP="00A945C2">
+    <w:p w14:paraId="7F907092" w14:textId="77777777" w:rsidR="009C6733" w:rsidRDefault="009C6733" w:rsidP="00A945C2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="2915BDC9" w14:textId="4F07153A" w:rsidR="00B04A50" w:rsidRPr="00F71F30" w:rsidRDefault="00B04A50" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F49A2">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
@@ -5705,50 +8711,51 @@
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1944220038">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="71781466">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1014919393">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="187957600">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="808134444">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1449160212">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -5884,50 +8891,51 @@
     <w:rsid w:val="00810131"/>
     <w:rsid w:val="00811C35"/>
     <w:rsid w:val="008128A6"/>
     <w:rsid w:val="008429AD"/>
     <w:rsid w:val="0084711A"/>
     <w:rsid w:val="00864AB7"/>
     <w:rsid w:val="00870D36"/>
     <w:rsid w:val="00882426"/>
     <w:rsid w:val="008A1FA3"/>
     <w:rsid w:val="008A3AFC"/>
     <w:rsid w:val="008B5E89"/>
     <w:rsid w:val="008D39B3"/>
     <w:rsid w:val="008E76AE"/>
     <w:rsid w:val="008F453E"/>
     <w:rsid w:val="00906282"/>
     <w:rsid w:val="0092E7AA"/>
     <w:rsid w:val="0093AB84"/>
     <w:rsid w:val="00953C21"/>
     <w:rsid w:val="009665D0"/>
     <w:rsid w:val="009743E4"/>
     <w:rsid w:val="009745B0"/>
     <w:rsid w:val="00990DDF"/>
     <w:rsid w:val="009A69F9"/>
     <w:rsid w:val="009A7AF1"/>
     <w:rsid w:val="009C15F3"/>
+    <w:rsid w:val="009C6733"/>
     <w:rsid w:val="009E4672"/>
     <w:rsid w:val="00A04E1D"/>
     <w:rsid w:val="00A06D85"/>
     <w:rsid w:val="00A32FF8"/>
     <w:rsid w:val="00A3778C"/>
     <w:rsid w:val="00A437E7"/>
     <w:rsid w:val="00A50CE9"/>
     <w:rsid w:val="00A7119B"/>
     <w:rsid w:val="00A71831"/>
     <w:rsid w:val="00A945C2"/>
     <w:rsid w:val="00AA173A"/>
     <w:rsid w:val="00AA732A"/>
     <w:rsid w:val="00AC2DB2"/>
     <w:rsid w:val="00AC5976"/>
     <w:rsid w:val="00AD5133"/>
     <w:rsid w:val="00AF3498"/>
     <w:rsid w:val="00AF7FB6"/>
     <w:rsid w:val="00B02AC0"/>
     <w:rsid w:val="00B042FE"/>
     <w:rsid w:val="00B04A50"/>
     <w:rsid w:val="00B27A0A"/>
     <w:rsid w:val="00B30CA9"/>
     <w:rsid w:val="00B41CC1"/>
     <w:rsid w:val="00B43CD7"/>
     <w:rsid w:val="00B57AEF"/>
@@ -5965,55 +8973,57 @@
     <w:rsid w:val="00D7130A"/>
     <w:rsid w:val="00D7716D"/>
     <w:rsid w:val="00D81544"/>
     <w:rsid w:val="00D869C3"/>
     <w:rsid w:val="00D87235"/>
     <w:rsid w:val="00DA03A7"/>
     <w:rsid w:val="00DA392F"/>
     <w:rsid w:val="00DA3F8A"/>
     <w:rsid w:val="00DB17B6"/>
     <w:rsid w:val="00DD2B7A"/>
     <w:rsid w:val="00E0294C"/>
     <w:rsid w:val="00E11A59"/>
     <w:rsid w:val="00E1416C"/>
     <w:rsid w:val="00E17471"/>
     <w:rsid w:val="00E20AA5"/>
     <w:rsid w:val="00E43561"/>
     <w:rsid w:val="00E45FDF"/>
     <w:rsid w:val="00E505A7"/>
     <w:rsid w:val="00E6238B"/>
     <w:rsid w:val="00E64077"/>
     <w:rsid w:val="00E676BC"/>
     <w:rsid w:val="00E8423F"/>
     <w:rsid w:val="00EA5876"/>
     <w:rsid w:val="00EE2C30"/>
     <w:rsid w:val="00EE6458"/>
+    <w:rsid w:val="00EE7616"/>
     <w:rsid w:val="00EF3EBA"/>
     <w:rsid w:val="00EF7C8A"/>
     <w:rsid w:val="00F006EF"/>
     <w:rsid w:val="00F01C2D"/>
     <w:rsid w:val="00F10D30"/>
+    <w:rsid w:val="00F148DA"/>
     <w:rsid w:val="00F27301"/>
     <w:rsid w:val="00F27E06"/>
     <w:rsid w:val="00F378C7"/>
     <w:rsid w:val="00F617F7"/>
     <w:rsid w:val="00F635DD"/>
     <w:rsid w:val="00F71F30"/>
     <w:rsid w:val="00F724E1"/>
     <w:rsid w:val="00F752EC"/>
     <w:rsid w:val="00FA0930"/>
     <w:rsid w:val="00FA2816"/>
     <w:rsid w:val="00FC00CD"/>
     <w:rsid w:val="00FC1682"/>
     <w:rsid w:val="00FC5C77"/>
     <w:rsid w:val="00FC77AC"/>
     <w:rsid w:val="00FD0510"/>
     <w:rsid w:val="00FD5E74"/>
     <w:rsid w:val="00FE5191"/>
     <w:rsid w:val="01143755"/>
     <w:rsid w:val="0274E93A"/>
     <w:rsid w:val="030A7D10"/>
     <w:rsid w:val="04C3308B"/>
     <w:rsid w:val="06469449"/>
     <w:rsid w:val="077FAD79"/>
     <w:rsid w:val="08D45D7B"/>
     <w:rsid w:val="0ACEB495"/>