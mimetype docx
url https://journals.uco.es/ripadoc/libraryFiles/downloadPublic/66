--- v0 (2025-12-05)
+++ v1 (2026-01-10)
@@ -1,3311 +1,5559 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="008A3AFC" w:rsidRPr="004A1D29" w:rsidRDefault="008A3AFC" w:rsidP="004A1D29">
+    <w:p w:rsidRPr="004A1D29" w:rsidR="00305974" w:rsidP="00771AFA" w:rsidRDefault="001A15EF" w14:paraId="7A4B6C03" w14:textId="1A1EA6AA">
       <w:pPr>
         <w:pStyle w:val="TTULODELARTCULO"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Título del artículo en </w:t>
+      </w:r>
+      <w:r w:rsidR="00906282">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>español</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00305974" w:rsidRPr="004A1D29" w:rsidRDefault="001A15EF" w:rsidP="004A1D29">
+    <w:p w:rsidRPr="00D121E8" w:rsidR="00305974" w:rsidP="00771AFA" w:rsidRDefault="00AA173A" w14:paraId="3795EFAF" w14:textId="217402C2">
       <w:pPr>
         <w:pStyle w:val="TTULODELARTCULO"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D121E8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D121E8" w:rsidR="001A15EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ítulo del artículo en </w:t>
+      </w:r>
+      <w:r w:rsidR="00906282">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>inglés</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00D121E8" w:rsidR="00AA173A" w:rsidP="00771AFA" w:rsidRDefault="001A15EF" w14:paraId="6B636CA7" w14:textId="7551FB8C">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D121E8" w:rsidR="001A15EF">
+        <w:rPr/>
+        <w:t>Nombre Apellido</w:t>
+      </w:r>
+      <w:r w:rsidR="005F49A2">
+        <w:rPr/>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="00AA173A">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaalpie"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidRPr="00D121E8" w:rsidR="00AA173A">
+        <w:rPr/>
+        <w:t xml:space="preserve">,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D121E8" w:rsidR="00AA173A">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D121E8" w:rsidR="001A15EF">
+        <w:rPr/>
+        <w:t>Nombre Apellido</w:t>
+      </w:r>
+      <w:r w:rsidR="005F49A2">
+        <w:rPr/>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="00AA173A">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaalpie"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidRPr="00D121E8" w:rsidR="001A15EF">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00906282">
+        <w:rPr/>
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D121E8" w:rsidR="001A15EF">
+        <w:rPr/>
+        <w:t>Nombre</w:t>
+      </w:r>
+      <w:r w:rsidR="005F49A2">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D121E8" w:rsidR="001A15EF">
+        <w:rPr/>
+        <w:t>Apellido</w:t>
+      </w:r>
+      <w:r w:rsidR="005F49A2">
+        <w:rPr/>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="00A06D85">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F49A2" w:rsidP="00771AFA" w:rsidRDefault="005F49A2" w14:paraId="79848D2C" w14:textId="7B9A0E33">
+      <w:pPr>
+        <w:pStyle w:val="Fechas"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005F49A2">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>La información indicada en rojo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F49A2">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> será completada por la revista una vez el artículo haya sido aceptado para su publicación)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005F49A2" w:rsidR="00A945C2" w:rsidP="00771AFA" w:rsidRDefault="00A945C2" w14:paraId="604C36F4" w14:textId="1ACF243F">
+      <w:pPr>
+        <w:pStyle w:val="Fechas"/>
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F49A2">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fecha de recepción: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="001A15EF">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F49A2">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="001A15EF">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F49A2">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>/20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="001A15EF">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F49A2">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Fecha de revisión: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="001A15EF">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="001A15EF">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="001A15EF">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="001A15EF">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F49A2">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="001A15EF">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F49A2">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Fecha de aceptación: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="001A15EF">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="00D13A90">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="001A15EF">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F49A2">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>/20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="68D66400">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004A1D29" w:rsidR="00A945C2" w:rsidP="00771AFA" w:rsidRDefault="00A945C2" w14:paraId="00B8EC5A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="CmoCitarencabezado"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004A1D29">
+        <w:t>Cómo citar este artículo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004A1D29" w:rsidR="00EE2C30" w:rsidP="00771AFA" w:rsidRDefault="001A15EF" w14:paraId="02F8DC17" w14:textId="4F8D6A45">
+      <w:pPr>
+        <w:pStyle w:val="CmoCitarTexto"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Apellido</w:t>
+      </w:r>
+      <w:r w:rsidR="005F49A2">
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Inicial</w:t>
+      </w:r>
+      <w:r w:rsidR="005F49A2">
+        <w:t>(es)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Apellido</w:t>
+      </w:r>
+      <w:r w:rsidR="005F49A2">
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Inicial</w:t>
+      </w:r>
+      <w:r w:rsidR="005F49A2">
+        <w:t xml:space="preserve">(s) </w:t>
+      </w:r>
+      <w:r w:rsidR="00906282">
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Apellido</w:t>
+      </w:r>
+      <w:r w:rsidR="005F49A2">
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Inicial</w:t>
+      </w:r>
+      <w:r w:rsidR="005F49A2">
+        <w:t>(es)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F752EC">
+        <w:t>. (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A7B2A" w:rsidR="004A7B2A">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>20xx</w:t>
+      </w:r>
+      <w:r w:rsidR="00F752EC">
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Título del artículo. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="232AD946" w:rsidR="00F752EC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revista de Innovación y Buenas Prácticas Docentes, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF5E97">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F49A2">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>(x)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="00F752EC">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F49A2">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>pp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="005F49A2">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>-pp</w:t>
+      </w:r>
+      <w:r w:rsidR="00D13A90">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004A1D29" w:rsidR="00EE2C30" w:rsidP="00771AFA" w:rsidRDefault="00EE2C30" w14:paraId="20201ECC" w14:textId="767C8BF1">
+      <w:pPr>
+        <w:pStyle w:val="AutorCorrespondencia"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004A1D29">
+        <w:t xml:space="preserve">Autor de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1D29" w:rsidR="00042BBF">
+        <w:t>correspondencia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1D29">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1D29" w:rsidR="00F752EC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A15EF">
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:r w:rsidR="001A15EF">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...1 lines deleted...]
-        <w:t>Título del artículo en español</w:t>
+        </w:rPr>
+        <w:t>@xxxxxx.xx</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00725D11" w:rsidRPr="004A1D29" w:rsidRDefault="00725D11" w:rsidP="004A1D29">
-[...1 lines deleted...]
-        <w:pStyle w:val="TTULODELARTCULO"/>
+    <w:p w:rsidRPr="004A1D29" w:rsidR="00A945C2" w:rsidP="00771AFA" w:rsidRDefault="00A945C2" w14:paraId="38AD7433" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A1D29">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Resumen:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004A1D29" w:rsidR="001A15EF" w:rsidP="001A15EF" w:rsidRDefault="00305974" w14:paraId="714FA822" w14:textId="071EB375">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3B094B3D" w:rsidR="00305974">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B094B3D" w:rsidR="001A15EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>l resumen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B094B3D" w:rsidR="005F49A2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B094B3D" w:rsidR="009E4559">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en español </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B094B3D" w:rsidR="001A15EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">contará con un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B094B3D" w:rsidR="005F49A2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mínimo de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B094B3D" w:rsidR="29A0F92F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B094B3D" w:rsidR="005F49A2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B094B3D" w:rsidR="005F49A2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">palabras y un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B094B3D" w:rsidR="001A15EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>máximo de 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B094B3D" w:rsidR="5DC917F7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B094B3D" w:rsidR="001A15EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>0 palabras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B094B3D" w:rsidR="00BE080F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B094B3D" w:rsidR="00497AEF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">deberá redactarse en un único párrafo. Además, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B094B3D" w:rsidR="00BE080F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>seguirá</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B094B3D" w:rsidR="005F49A2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, sin incluir encabezados,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B094B3D" w:rsidR="00BE080F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> el siguiente esquema: introducción, objetivos, metodología, resultados y conclusiones</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B094B3D" w:rsidR="00665BFE">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004A1D29" w:rsidR="00A945C2" w:rsidP="00771AFA" w:rsidRDefault="00A945C2" w14:paraId="17F217DD" w14:textId="19E00572">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7B26F94E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Palabras clave:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B26F94E" w:rsidR="001A15EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B26F94E" w:rsidR="001A15EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Incluir cuatro palabras clave </w:t>
+      </w:r>
+      <w:r w:rsidR="007D58B7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en español </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B26F94E" w:rsidR="001A15EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>separadas por comas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004A1D29" w:rsidR="00305974" w:rsidP="00771AFA" w:rsidRDefault="00305974" w14:paraId="3D8A4856" w14:textId="77777777">
+      <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00305974" w:rsidRDefault="00AA173A" w:rsidP="004A1D29">
-[...80 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+    <w:p w:rsidRPr="00D121E8" w:rsidR="00A945C2" w:rsidP="00771AFA" w:rsidRDefault="00A945C2" w14:paraId="7D05D6EB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D121E8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D121E8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004A1D29" w:rsidRPr="004A1D29" w:rsidRDefault="004A1D29" w:rsidP="004A1D29">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidRPr="004A1D29" w:rsidR="00497AEF" w:rsidP="00497AEF" w:rsidRDefault="00497AEF" w14:paraId="16A51B37" w14:textId="557EAD59">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1BD6C364">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>El resumen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E4559">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en inglés </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1BD6C364">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">contará con un </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mínimo de 150 palabras y un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1BD6C364">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>máximo de 200 palabras</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y deberá redactarse en un único párrafo. Además, seguirá, sin incluir encabezados, el siguiente esquema: introducción, objetivos, metodología, resultados y conclusiones.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00AA173A" w:rsidRPr="00A06D85" w:rsidRDefault="001A15EF" w:rsidP="00C34036">
-[...11 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidRPr="00D121E8" w:rsidR="00305974" w:rsidP="00771AFA" w:rsidRDefault="00A945C2" w14:paraId="4344BE1A" w14:textId="490356DF">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Key</w:t>
+      </w:r>
+      <w:r w:rsidRPr="232AD946" w:rsidR="6323E81C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005F49A2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B26F94E" w:rsidR="005F49A2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Incluir cuatro palabras clave </w:t>
+      </w:r>
+      <w:r w:rsidR="007D58B7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en inglés </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B26F94E" w:rsidR="005F49A2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>separadas por comas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00D121E8" w:rsidR="00EE6458" w:rsidRDefault="00EE6458" w14:paraId="3F3DC68F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D121E8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004A1D29" w:rsidR="00AF3498" w:rsidP="00271A82" w:rsidRDefault="00AF3498" w14:paraId="3FF730FE" w14:textId="4AC7B895">
+      <w:pPr>
+        <w:pStyle w:val="APARTADOPRINCIPAL"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A32FF8">
+        <w:lastRenderedPageBreak/>
+        <w:t>INTRODUCCIÓN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E69A9" w:rsidP="001974AB" w:rsidRDefault="002F2AA7" w14:paraId="13BF717A" w14:textId="01A821C1">
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Todos los párrafos</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6458">
+        <w:t xml:space="preserve"> presentan una sangría de 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00414079">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6458">
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="006E69A9">
+        <w:t>.</w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...23 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00342485">
+        <w:t xml:space="preserve">En este apartado se </w:t>
+      </w:r>
+      <w:r>
+        <w:t>establece el marco teórico de la propuesta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005D6B39" w:rsidR="005D6B39" w:rsidP="005D6B39" w:rsidRDefault="005D6B39" w14:paraId="17D695FB" w14:textId="65F60E1E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CA3240" w:rsidR="0CC4E609" w:rsidP="232AD946" w:rsidRDefault="0CC4E609" w14:paraId="60DE96BD" w14:textId="0B6F2B4F">
+      <w:pPr>
+        <w:pStyle w:val="APARTADOPRINCIPAL"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3240">
+        <w:t>OBJETIVO</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3240">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3240">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3240">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="496E6497" w:rsidRDefault="10B3ADDB" w14:paraId="6CCF95F6" w14:textId="40A68334">
+      <w:r w:rsidRPr="2532ED8F">
+        <w:t>Puede</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3240">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3240">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:t xml:space="preserve"> incluirse tanto</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3B6B">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:t xml:space="preserve"> objetivo(s) principal(es) como objetivo(s) secundario(s). Los objetivos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="1B425262">
+        <w:t>secundarios</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:t xml:space="preserve"> pueden incluirse </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="5C3A94A3">
+        <w:t xml:space="preserve">de manera </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="00CA3240">
+        <w:t>esquemática</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="5C3A94A3">
+        <w:t xml:space="preserve"> utilizando el siguiente formato:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="496E6497" w:rsidP="00CA3240" w:rsidRDefault="1F335A11" w14:paraId="7E4EE9B6" w14:textId="3E42F4BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA3240" w:rsidP="00CA3240" w:rsidRDefault="1F335A11" w14:paraId="3C200A70" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CA3240" w:rsidR="00CA3240" w:rsidP="00CA3240" w:rsidRDefault="00CA3240" w14:paraId="4C8656B4" w14:textId="1767461E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="496E6497" w:rsidP="00CA3240" w:rsidRDefault="00CA3240" w14:paraId="15EB2E3F" w14:textId="4C8ECFA2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">orem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F" w:rsidR="496E6497">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00634F81" w:rsidR="00AF3498" w:rsidP="00271A82" w:rsidRDefault="0CC4E609" w14:paraId="32710B92" w14:textId="6ABE583E">
+      <w:pPr>
+        <w:pStyle w:val="APARTADOPRINCIPAL"/>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>METODOLOGÍA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00305974" w:rsidP="232AD946" w:rsidRDefault="0CC4E609" w14:paraId="158F9BF7" w14:textId="5FED65F1">
+      <w:pPr>
+        <w:pStyle w:val="SubApartadonivel1"/>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...17 lines deleted...]
-      </w:r>
+        <w:t>Título del subapartado 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00305974" w:rsidP="232AD946" w:rsidRDefault="00305974" w14:paraId="35D5A6FF" w14:textId="0F52DF82">
+      <w:pPr>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...33 lines deleted...]
-        <w:t>3</w:t>
+        <w:t xml:space="preserve">En </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6458">
+        <w:t>este apartado se describe la experiencia de innovación que se presenta</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3240">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="41EA27F1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="30D4BA1E">
+        <w:t>incluyendo la siguiente información: participantes, diseño y variables, procedimiento</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3240">
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:r w:rsidR="30D4BA1E">
+        <w:t>análisis de datos</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3240">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A945C2" w:rsidRPr="004A1D29" w:rsidRDefault="00A945C2" w:rsidP="004A1D29">
-[...99 lines deleted...]
-        <w:t>/20</w:t>
+    <w:p w:rsidRPr="005D6B39" w:rsidR="008128A6" w:rsidP="00D1721B" w:rsidRDefault="008128A6" w14:paraId="67E20B20" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A945C2" w:rsidRPr="004A1D29" w:rsidRDefault="00A945C2" w:rsidP="004A1D29">
-[...10 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidRPr="004A1D29" w:rsidR="00AF3498" w:rsidP="00271A82" w:rsidRDefault="00AF3498" w14:paraId="29AE0ABF" w14:textId="2B28D1A1">
+      <w:pPr>
+        <w:pStyle w:val="APARTADOPRINCIPAL"/>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Hlk534705458" w:id="1"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00A32FF8">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>RESULTADOS</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A945C2" w:rsidRPr="004A1D29" w:rsidRDefault="00A945C2" w:rsidP="004A1D29">
-[...382 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w:rsidRPr="00365013" w:rsidR="00B04A50" w:rsidP="007F1792" w:rsidRDefault="00B04A50" w14:paraId="14DEFDEF" w14:textId="71423EA0">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:lang w:val="es-ES"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="30806113">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:lang w:val="es-ES"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En este apartado se incluyen los resultados obtenidos con la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495F4C" w:rsidR="00495F4C">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:lang w:val="es-ES"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>experiencia de innovación</w:t>
+      </w:r>
+      <w:r w:rsidRPr="30806113" w:rsidR="006605F7">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:lang w:val="es-ES"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. No confundir resultados de la propuesta con evaluación de la satisfacción </w:t>
+      </w:r>
+      <w:r w:rsidRPr="30806113" w:rsidR="00CC76BF">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:lang w:val="es-ES"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de los </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3240">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:lang w:val="es-ES"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>participantes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="30806113" w:rsidR="00CC76BF">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3240">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="30806113" w:rsidR="00CC76BF">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la propuesta. También se puede incluir la evaluación de dicha satisfacción</w:t>
+      </w:r>
+      <w:r w:rsidRPr="30806113" w:rsidR="19B396FF">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="30806113" w:rsidR="00CC76BF">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pero no es el único dato que </w:t>
+      </w:r>
+      <w:r w:rsidRPr="30806113" w:rsidR="001E2D7C">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>hará referencia a los resultados de la innovación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D6B39" w:rsidP="007F1792" w:rsidRDefault="00B04A50" w14:paraId="5E4D9F8A" w14:textId="2BB7F22A">
+      <w:r w:rsidRPr="00365013">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Si fuera necesario establecer subapartados, se redactar</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3240">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>á</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00365013">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>n del mismo modo que en casos anteriores.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D6B39" w:rsidP="007F1792" w:rsidRDefault="005D6B39" w14:paraId="18CAB7C8" w14:textId="19D376FB">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>En caso de incorporar una tabla se hará del modo que se expresa a continuación</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3240">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004A1D29" w:rsidR="005D6B39" w:rsidP="007F1792" w:rsidRDefault="005D6B39" w14:paraId="33F9245D" w14:textId="54BED405">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1BD6C364">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1BD6C364" w:rsidR="0CBF7B67">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1BD6C364">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">abla 1 se indica </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1BD6C364">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>xxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1BD6C364">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF3498" w:rsidRPr="004A1D29" w:rsidRDefault="00AF3498" w:rsidP="004A1D29">
-[...103 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w:rsidRPr="00C94850" w:rsidR="00C94850" w:rsidP="00CA3240" w:rsidRDefault="005D6B39" w14:paraId="6918749B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="TtuloTabla"/>
+        <w:spacing w:before="240"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C94850">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
+        </w:rPr>
+        <w:t>Tabla 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00C94850" w:rsidR="005D6B39" w:rsidP="00C94850" w:rsidRDefault="005D6B39" w14:paraId="77F4D0CF" w14:textId="7A534F5C">
+      <w:pPr>
+        <w:pStyle w:val="TtuloTabla"/>
+        <w:rPr>
+          <w:i/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C94850">
+        <w:rPr>
+          <w:i/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-[...174 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Título de la tabla</w:t>
-      </w:r>
-[...8 lines deleted...]
-        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablanormal21"/>
+        <w:tblStyle w:val="Tablanormal2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2947"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2315"/>
+        <w:gridCol w:w="1382"/>
+        <w:gridCol w:w="1471"/>
+        <w:gridCol w:w="1471"/>
+        <w:gridCol w:w="1471"/>
+        <w:gridCol w:w="2710"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FD0510" w:rsidRPr="004A1D29" w:rsidTr="00306DBE">
+      <w:tr w:rsidR="00F635DD" w:rsidTr="00C94850" w14:paraId="50BEBA6F" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1732" w:type="pct"/>
-            <w:hideMark/>
+            <w:tcW w:w="812" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD0510" w:rsidRPr="00E505A7" w:rsidRDefault="00EE6458" w:rsidP="00EE6458">
+          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="3FC1C99F" w14:textId="77777777">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TtuloTabla"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F635DD" w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="0860B527" w14:textId="0756BCE4">
+            <w:pPr>
+              <w:pStyle w:val="TtuloTabla"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F635DD">
+              <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">En </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F635DD">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...24 lines deleted...]
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>negrita</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="932" w:type="pct"/>
-            <w:hideMark/>
+            <w:tcW w:w="865" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD0510" w:rsidRPr="00E505A7" w:rsidRDefault="00EE6458" w:rsidP="00E505A7">
+          <w:p w:rsidRPr="00F635DD" w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="01124B39" w14:textId="25991D45">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TtuloTabla"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F635DD">
+              <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">En </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F635DD">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...24 lines deleted...]
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>negrita</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="pct"/>
-            <w:hideMark/>
+            <w:tcW w:w="865" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD0510" w:rsidRPr="00E505A7" w:rsidRDefault="00EE6458" w:rsidP="00E505A7">
+          <w:p w:rsidRPr="00F635DD" w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="35DC8A12" w14:textId="7E049A82">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TtuloTabla"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F635DD">
+              <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">En </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F635DD">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...24 lines deleted...]
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>negrita</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="pct"/>
-            <w:hideMark/>
+            <w:tcW w:w="1593" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD0510" w:rsidRPr="00E505A7" w:rsidRDefault="00EE6458" w:rsidP="00E505A7">
+          <w:p w:rsidRPr="00F635DD" w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="68A9AF80" w14:textId="11A86125">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TtuloTabla"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F635DD">
+              <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">En </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F635DD">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...24 lines deleted...]
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>negrita</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD0510" w:rsidRPr="004A1D29" w:rsidTr="00EE6458">
+      <w:tr w:rsidR="00F635DD" w:rsidTr="00C94850" w14:paraId="7B7D63D7" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1732" w:type="pct"/>
+            <w:tcW w:w="812" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FD0510" w:rsidRPr="00E505A7" w:rsidRDefault="00EE6458" w:rsidP="00EE6458">
+          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="4003149B" w14:textId="4B311218">
             <w:pPr>
+              <w:pStyle w:val="TtuloTabla"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Sin </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>negrita</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3268" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="865" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FD0510" w:rsidRPr="00E505A7" w:rsidRDefault="00FD0510" w:rsidP="00E505A7">
+          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="513A67CF" w14:textId="77777777">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TtuloTabla"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="48AD4072" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="TtuloTabla"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="398E43DC" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="TtuloTabla"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="21CE1EB9" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="TtuloTabla"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD0510" w:rsidRPr="004A1D29" w:rsidTr="00EE6458">
+      <w:tr w:rsidR="00F635DD" w:rsidTr="00C94850" w14:paraId="175CE5F3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1732" w:type="pct"/>
+            <w:tcW w:w="812" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FD0510" w:rsidRPr="00E505A7" w:rsidRDefault="00EE6458" w:rsidP="00EE6458">
+          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="146C17A2" w14:textId="348FF72A">
             <w:pPr>
+              <w:pStyle w:val="TtuloTabla"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Sin </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>negrita</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="932" w:type="pct"/>
+            <w:tcW w:w="865" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FD0510" w:rsidRPr="00E505A7" w:rsidRDefault="00FD0510" w:rsidP="00E505A7">
+          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="11D36451" w14:textId="77777777">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TtuloTabla"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="pct"/>
+            <w:tcW w:w="865" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FD0510" w:rsidRPr="00E505A7" w:rsidRDefault="00FD0510" w:rsidP="00E505A7">
+          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="75BC2F52" w14:textId="77777777">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TtuloTabla"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="pct"/>
+            <w:tcW w:w="865" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FD0510" w:rsidRPr="00E505A7" w:rsidRDefault="00FD0510" w:rsidP="00E505A7">
+          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="4F7049F5" w14:textId="77777777">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TtuloTabla"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="21D22EDF" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="TtuloTabla"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD0510" w:rsidRPr="004A1D29" w:rsidTr="00EE6458">
+      <w:tr w:rsidR="00F635DD" w:rsidTr="00C94850" w14:paraId="675D3C70" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1732" w:type="pct"/>
+            <w:tcW w:w="812" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FD0510" w:rsidRPr="00E505A7" w:rsidRDefault="00EE6458" w:rsidP="00EE6458">
+          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="61EE52F3" w14:textId="1209D4F0">
             <w:pPr>
+              <w:pStyle w:val="TtuloTabla"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Sin </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>negrita</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="932" w:type="pct"/>
+            <w:tcW w:w="865" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FD0510" w:rsidRPr="00E505A7" w:rsidRDefault="00FD0510" w:rsidP="00E505A7">
+          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="0EF10C8C" w14:textId="77777777">
             <w:pPr>
-              <w:snapToGrid w:val="0"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TtuloTabla"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="pct"/>
+            <w:tcW w:w="865" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FD0510" w:rsidRPr="00E505A7" w:rsidRDefault="00FD0510" w:rsidP="00E505A7">
+          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="507B0949" w14:textId="77777777">
             <w:pPr>
-              <w:snapToGrid w:val="0"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TtuloTabla"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="pct"/>
+            <w:tcW w:w="865" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FD0510" w:rsidRPr="00E505A7" w:rsidRDefault="00FD0510" w:rsidP="00E505A7">
+          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="1B2018BA" w14:textId="77777777">
             <w:pPr>
-              <w:snapToGrid w:val="0"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TtuloTabla"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-              <w:rPr>
-[...72 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="pct"/>
+            <w:tcW w:w="1593" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00306DBE" w:rsidRPr="00E505A7" w:rsidRDefault="00306DBE" w:rsidP="00E505A7">
+          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="39615DEE" w14:textId="77777777">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...61 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TtuloTabla"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-              <w:rPr>
-[...44 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00306DBE" w:rsidRPr="00EE6458" w:rsidRDefault="00EE6458" w:rsidP="004A1D29">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">Fuente: </w:t>
+    <w:p w:rsidRPr="007B043D" w:rsidR="00537081" w:rsidP="00601102" w:rsidRDefault="00C94850" w14:paraId="3BDF7219" w14:textId="08AA54EB">
+      <w:pPr>
+        <w:pStyle w:val="PiedeTabla"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C94850">
+        <w:rPr>
+          <w:i/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>Nota</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Xxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001331DF" w:rsidRDefault="00EE6458" w:rsidP="00EE6458">
-[...10 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00C9252D" w:rsidP="00C9252D" w:rsidRDefault="00C9252D" w14:paraId="7A1643D1" w14:textId="7983DCA6">
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-        <w:t>En caso de que fuese una figura, la numeración, el título y la fuente de elaboración se especificarían al final de la misma.</w:t>
+        <w:t>En caso de incorporar una figura</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3240">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> se hará del modo que se expresa a continuación</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3240">
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE6458" w:rsidRDefault="00EE6458" w:rsidP="00EE6458">
-[...215 lines deleted...]
-    <w:p w:rsidR="004A369D" w:rsidRPr="004A1D29" w:rsidRDefault="004A369D" w:rsidP="002C521F">
+    <w:p w:rsidR="003239B6" w:rsidP="00CA3240" w:rsidRDefault="00582D9E" w14:paraId="07596C13" w14:textId="16EDD8B4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7ABAA531">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7ABAA531" w:rsidR="5A82E5CC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7ABAA531">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">igura 1 se muestra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="7ABAA531">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>xxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="7ABAA531">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00C94850" w:rsidR="00C94850" w:rsidP="00C94850" w:rsidRDefault="00C94850" w14:paraId="35E5E81D" w14:textId="34AEDC35">
+      <w:pPr>
+        <w:pStyle w:val="TtuloTabla"/>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Figura</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94850">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00C94850" w:rsidR="00C94850" w:rsidP="00C94850" w:rsidRDefault="00C94850" w14:paraId="50067D5F" w14:textId="5B891F85">
+      <w:pPr>
+        <w:pStyle w:val="TtuloTabla"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C94850">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Título de la </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>figura</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E76AE" w:rsidP="00732183" w:rsidRDefault="00317DDE" w14:paraId="4BB3D9A9" w14:textId="73F9AAC3">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C1902AF" wp14:editId="4D3D92B9">
+            <wp:extent cx="3587157" cy="2592000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1382853194" name="Imagen 1" descr="Gráfico, Gráfico de barras&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1382853194" name="Imagen 1" descr="Gráfico, Gráfico de barras&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId12"/>
+                    <a:srcRect l="18903" t="2680" r="18277" b="29232"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3610862" cy="2609129"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007B043D" w:rsidR="00C94850" w:rsidP="00C94850" w:rsidRDefault="00C94850" w14:paraId="13B59B7A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="PiedeTabla"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C94850">
+        <w:rPr>
+          <w:i/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>Nota</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Xxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005D6B39" w:rsidR="00B04A50" w:rsidP="00CA3240" w:rsidRDefault="005D6B39" w14:paraId="2B0D9474" w14:textId="096F125A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="22CA41EC" w:rsidP="232AD946" w:rsidRDefault="22CA41EC" w14:paraId="353EAAE0" w14:textId="2497527F">
+      <w:pPr>
+        <w:pStyle w:val="APARTADOPRINCIPAL"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>DISCUSIÓN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00633A8B" w:rsidR="63B2CF21" w:rsidP="00633A8B" w:rsidRDefault="00E0294C" w14:paraId="10AE4E62" w14:textId="04B39650">
+      <w:r w:rsidRPr="00633A8B">
+        <w:t>Este apartado comienza con el hallazgo principal de</w:t>
+      </w:r>
+      <w:r w:rsidR="00495F4C">
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495F4C" w:rsidR="00495F4C">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>experiencia de innovación</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633A8B" w:rsidR="00495F4C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633A8B">
+        <w:t>y, a continuación, se discuten los resultados obtenidos, incluyendo limitaciones</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633A8B" w:rsidR="00E11A59">
+        <w:t xml:space="preserve"> y futuras líneas de innovación/investigación</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633A8B" w:rsidR="1285B99E">
+        <w:t>, a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633A8B" w:rsidR="7F26A902">
+        <w:t>sí como</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633A8B" w:rsidR="6E692899">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633A8B" w:rsidR="27CF50C8">
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633A8B" w:rsidR="4CB463BB">
+        <w:t>uturas v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633A8B" w:rsidR="7C059BE2">
+        <w:t>ías de mejora.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00AF3498" w:rsidRPr="004A1D29" w:rsidRDefault="00AF3498" w:rsidP="002C521F">
+    <w:p w:rsidR="63B2CF21" w:rsidP="232AD946" w:rsidRDefault="63B2CF21" w14:paraId="0B43AAAA" w14:textId="0DB28D46">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005D6B39" w:rsidR="00AF3498" w:rsidP="00271A82" w:rsidRDefault="00AF3498" w14:paraId="4304EDD9" w14:textId="357ED308">
       <w:pPr>
         <w:pStyle w:val="APARTADOPRINCIPAL"/>
-        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6B39">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>CONCLUSIONES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004A1D29" w:rsidR="00B04A50" w:rsidP="00365013" w:rsidRDefault="00305974" w14:paraId="2F257127" w14:textId="4E03B549">
+      <w:r>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00495F4C">
+        <w:t xml:space="preserve">ste </w:t>
+      </w:r>
+      <w:r w:rsidR="00B04A50">
+        <w:t>apartado recopila</w:t>
+      </w:r>
+      <w:r w:rsidR="00495F4C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B04A50">
+        <w:t xml:space="preserve">los hallazgos fundamentales de la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495F4C" w:rsidR="00495F4C">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:lang w:val="es-ES"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>experiencia de innovación</w:t>
+      </w:r>
+      <w:r w:rsidR="00633A8B">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="7B597D74" w:rsidP="232AD946" w:rsidRDefault="7B597D74" w14:paraId="738EB850" w14:textId="0DB28D46">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00271A82" w:rsidR="00AF3498" w:rsidP="00271A82" w:rsidRDefault="00AF3498" w14:paraId="2EFF826F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="APARTADOPRINCIPAL"/>
+      </w:pPr>
+      <w:r>
         <w:t>REFERENCIAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C66ED6" w:rsidRPr="004A1D29" w:rsidRDefault="00B04A50" w:rsidP="004A1D29">
-[...5 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00C66ED6" w:rsidP="001C0CE4" w:rsidRDefault="00B04A50" w14:paraId="1B3BB052" w14:textId="503F3E04">
+      <w:pPr>
+        <w:pStyle w:val="Referencias"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Siguiendo</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0CE4">
+        <w:t xml:space="preserve"> el estilo para</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> las referencias </w:t>
+      </w:r>
+      <w:r w:rsidR="001C0CE4">
+        <w:t xml:space="preserve">según </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">APA </w:t>
+      </w:r>
+      <w:r w:rsidR="007B043D">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ª edición</w:t>
+      </w:r>
+      <w:r w:rsidR="66981025">
+        <w:t xml:space="preserve">. En </w:t>
+      </w:r>
+      <w:r w:rsidR="00B637DF">
+        <w:t xml:space="preserve">el </w:t>
+      </w:r>
+      <w:r w:rsidR="66981025">
+        <w:t xml:space="preserve">caso que la publicación referenciada disponga de DOI, </w:t>
+      </w:r>
+      <w:r w:rsidR="04C3308B">
+        <w:t xml:space="preserve">siempre </w:t>
+      </w:r>
+      <w:r w:rsidR="66981025">
+        <w:t>debe incluirse</w:t>
+      </w:r>
+      <w:r w:rsidR="0036A635">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="66981025">
+        <w:t xml:space="preserve"> en formato enlace (</w:t>
+      </w:r>
+      <w:r w:rsidR="27638991">
+        <w:t>https://doi.org/</w:t>
+      </w:r>
+      <w:r w:rsidR="66981025">
+        <w:t xml:space="preserve">...). </w:t>
+      </w:r>
+      <w:r w:rsidR="2FC84B8D">
+        <w:t xml:space="preserve">En caso de incluir URL a la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="30806113" w:rsidR="2FC84B8D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>publicación referenciada</w:t>
+      </w:r>
+      <w:r w:rsidR="3E343FBB">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="37FF943A">
+        <w:t xml:space="preserve">se debe utilizar un acortador de URL para homogeneizar el uso de enlaces (por ejemplo, </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId13">
+        <w:r w:rsidRPr="30806113" w:rsidR="497D3399">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+          </w:rPr>
+          <w:t>bit.ly</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="6B99501B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId14">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="30806113" w:rsidR="1D918E2B">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+          </w:rPr>
+          <w:t>TinyURL</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidR="2936C598">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId15">
+        <w:r w:rsidRPr="30806113" w:rsidR="2936C598">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+          </w:rPr>
+          <w:t>n9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="2936C598">
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId16">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="30806113" w:rsidR="7B7BC200">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+          </w:rPr>
+          <w:t>ShortURL</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidR="7B7BC200">
+        <w:t>). S</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0CE4">
+        <w:t>e muestran a</w:t>
+      </w:r>
+      <w:r>
+        <w:t>lgunos</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0CE4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ejemplos a continuación</w:t>
+      </w:r>
+      <w:r w:rsidR="31A10B68">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004A1D29" w:rsidR="001C0CE4" w:rsidP="00601102" w:rsidRDefault="001C0CE4" w14:paraId="2724B9FB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Referencias"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B04A50" w:rsidR="00B04A50" w:rsidP="00365013" w:rsidRDefault="00B04A50" w14:paraId="5BE80504" w14:textId="5773F163">
+      <w:pPr>
+        <w:pStyle w:val="Referencias"/>
         <w:ind w:left="709" w:hanging="709"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B04A50">
+        <w:t xml:space="preserve">Cebrián, M. (coord.) (2003). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B04A50">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Enseñanza virtual para la innovación universitaria</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B04A50">
+        <w:t>. Narcea.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B04A50" w:rsidP="00365013" w:rsidRDefault="00B04A50" w14:paraId="6F155260" w14:textId="6B1B4F51">
+      <w:pPr>
+        <w:pStyle w:val="Referencias"/>
+        <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Esteves, D. (2018). Colaborar para innovar: </w:t>
+      </w:r>
+      <w:r w:rsidR="35CA7376">
+        <w:t>C</w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">ontribuciones desde un caso portugués para rediseñar la noción de innovación educativa. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="30806113">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Revista Educación, Política y Sociedad, 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C12E5A">
+        <w:t xml:space="preserve">(1), 7-30. </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId17">
+        <w:r w:rsidRPr="30806113" w:rsidR="173D52E9">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.15366/reps2018.3.1.001</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidRPr="00B04A50" w:rsidR="00B04A50" w:rsidP="00365013" w:rsidRDefault="00C12E5A" w14:paraId="20062A9B" w14:textId="2340670C">
+      <w:pPr>
+        <w:pStyle w:val="Referencias"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:rPr>
-[...11 lines deleted...]
-      </w:r>
+        <w:t>Fueyo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:t>, A., Rodríguez-Hoyos, C. y</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04A50">
+        <w:t xml:space="preserve"> Linares, C. (2015) La innovación docente de la formación de los profesionales de la educación: </w:t>
+      </w:r>
+      <w:r w:rsidR="47261240">
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04A50">
+        <w:t xml:space="preserve">l papel de la educación mediática. En </w:t>
+      </w:r>
+      <w:r w:rsidR="12C48C64">
+        <w:t xml:space="preserve">J. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B04A50">
+        <w:t>Ferrés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="1769DDF0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B04A50">
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:r w:rsidR="1774D75C">
+        <w:t xml:space="preserve">M. J. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B04A50">
+        <w:t>Masanet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="2BB13349">
+        <w:t xml:space="preserve"> (Eds.),</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04A50">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="30806113" w:rsidR="00B04A50">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">La educación mediática en la universidad española </w:t>
+      </w:r>
+      <w:r w:rsidR="00B04A50">
+        <w:t>(pp. 31-51)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04A50">
+        <w:t xml:space="preserve"> Gedisa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00E8578A" w:rsidR="00633A8B" w:rsidRDefault="00B04A50" w14:paraId="6E49CEB5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Referencias"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>García-Peñalvo, F.</w:t>
+      </w:r>
+      <w:r w:rsidR="0092E7AA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">J. (2015). Mapa de tendencias en Innovación Educativa. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E8578A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>EKS, 16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E8578A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(4), 6-23. </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId18">
+        <w:r w:rsidRPr="00E8578A" w:rsidR="146EDBAA">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.14201/eks2015164623</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="68019798" w:rsidP="00633A8B" w:rsidRDefault="68019798" w14:paraId="451361F7" w14:textId="2ABEA196">
+      <w:pPr>
+        <w:pStyle w:val="Referencias"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E8578A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Green, B. P. (2018). Ethical reflections on artificial intelligence. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633A8B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Scientia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633A8B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Fides, 6</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(2), 9-31. </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId19">
+        <w:r w:rsidRPr="30806113" w:rsidR="27F76875">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+          </w:rPr>
+          <w:t>https://tinyurl.com/vds4b3dt</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="439D87FC" w:rsidP="30806113" w:rsidRDefault="439D87FC" w14:paraId="75626889" w14:textId="0FDE3FB7">
+      <w:pPr>
+        <w:pStyle w:val="Referencias"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ley Orgánica 3/2020, de 29 de diciembre, por la que se modifica la Ley Orgánica 2/2006, de Educación. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633A8B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Boletín Oficial del Estado</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>nº</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 340, de 30 de diciembre de 2020, 122868-122953. </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId20">
+        <w:r w:rsidRPr="30806113">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+          </w:rPr>
+          <w:t>https://tinyurl.com/4kyw9bn2</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidRPr="00633A8B" w:rsidR="00AF3498" w:rsidP="00633A8B" w:rsidRDefault="00B04A50" w14:paraId="50B63A15" w14:textId="0AF68DB0">
+      <w:pPr>
+        <w:pStyle w:val="Referencias"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Salinas, J. (2004). Innovación docente y uso de las TIC en la enseñanza universitaria. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="30806113">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Revista de Universidad y Sociedad del Conocimiento (RUSC), 1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>(1)</w:t>
+      </w:r>
+      <w:r w:rsidR="24B0EE08">
+        <w:t>, 1-16.</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
+      <w:hyperlink w:history="1" r:id="rId21">
+        <w:r w:rsidRPr="30806113" w:rsidR="4E486D89">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.7238/rusc.v1i1.228</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00B04A50" w:rsidRPr="00B04A50" w:rsidRDefault="00B04A50" w:rsidP="00B04A50">
-[...345 lines deleted...]
-      <w:pgSz w:w="11907" w:h="16783" w:code="9"/>
+    <w:sectPr w:rsidRPr="00633A8B" w:rsidR="00AF3498" w:rsidSect="000B2255">
+      <w:headerReference w:type="even" r:id="rId22"/>
+      <w:headerReference w:type="default" r:id="rId23"/>
+      <w:footerReference w:type="even" r:id="rId24"/>
+      <w:footerReference w:type="default" r:id="rId25"/>
+      <w:headerReference w:type="first" r:id="rId26"/>
+      <w:footerReference w:type="first" r:id="rId27"/>
+      <w:pgSz w:w="11907" w:h="16783" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1701" w:bottom="1418" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
-<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...5 lines deleted...]
-</w16cid:commentsIds>
+<w16cid:commentsIds xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" mc:Ignorable="w16cid"/>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B04A50" w:rsidRDefault="00B04A50" w:rsidP="00A945C2">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="004E6CAF" w:rsidP="00A945C2" w:rsidRDefault="004E6CAF" w14:paraId="6C64B0F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B04A50" w:rsidRDefault="00B04A50" w:rsidP="00A945C2">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="004E6CAF" w:rsidP="00A945C2" w:rsidRDefault="004E6CAF" w14:paraId="20A2531A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
       <w:id w:val="-1262452740"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00B04A50" w:rsidRPr="00FC1682" w:rsidRDefault="00B04A50" w:rsidP="00FC1682">
+      <w:p w:rsidRPr="00FC1682" w:rsidR="00B04A50" w:rsidP="000B2255" w:rsidRDefault="00B04A50" w14:paraId="6EC3ECB0" w14:textId="77777777">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:pBdr>
-            <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
           </w:pBdr>
+          <w:tabs>
+            <w:tab w:val="clear" w:pos="4252"/>
+          </w:tabs>
+          <w:ind w:firstLine="0"/>
           <w:jc w:val="center"/>
-          <w:rPr>
-[...1 lines deleted...]
-          </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00FC1682">
-          <w:rPr>
-[...1 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
-          <w:rPr>
-[...1 lines deleted...]
-          </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
-          <w:rPr>
-[...1 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00421FED">
           <w:rPr>
             <w:noProof/>
-            <w:sz w:val="22"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
-          <w:rPr>
-[...1 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...11 lines deleted...]
-  <w:p w:rsidR="00B04A50" w:rsidRDefault="00B04A50" w:rsidP="006A440E"/>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
       <w:id w:val="2059198305"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00B04A50" w:rsidRPr="00FC1682" w:rsidRDefault="00B04A50" w:rsidP="006A440E">
+      <w:p w:rsidR="00B04A50" w:rsidP="00771AFA" w:rsidRDefault="00B04A50" w14:paraId="585D8DFF" w14:textId="36356E15">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:pBdr>
-            <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
           </w:pBdr>
           <w:jc w:val="center"/>
-          <w:rPr>
-[...1 lines deleted...]
-          </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00FC1682">
-          <w:rPr>
-[...1 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
-          <w:rPr>
-[...1 lines deleted...]
-          </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
-          <w:rPr>
-[...1 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00421FED">
           <w:rPr>
             <w:noProof/>
-            <w:sz w:val="22"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
-          <w:rPr>
-[...1 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00B04A50" w:rsidRDefault="00B04A50">
-[...3 lines deleted...]
-  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1287646420"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:p w:rsidRPr="000B2255" w:rsidR="000B2255" w:rsidP="000B2255" w:rsidRDefault="000B2255" w14:paraId="729F0F21" w14:textId="55B44AAF">
+        <w:pPr>
+          <w:pStyle w:val="Piedepgina"/>
+          <w:pBdr>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          </w:pBdr>
+          <w:tabs>
+            <w:tab w:val="clear" w:pos="4252"/>
+          </w:tabs>
+          <w:ind w:firstLine="0"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:r w:rsidRPr="00FC1682">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00FC1682">
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00FC1682">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00FC1682">
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B04A50" w:rsidRDefault="00B04A50" w:rsidP="00A945C2">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="004E6CAF" w:rsidP="00A945C2" w:rsidRDefault="004E6CAF" w14:paraId="394A0DA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B04A50" w:rsidRDefault="00B04A50" w:rsidP="00A945C2">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="004E6CAF" w:rsidP="00A945C2" w:rsidRDefault="004E6CAF" w14:paraId="64CAED0D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w:rsidR="00B04A50" w:rsidRPr="00A06D85" w:rsidRDefault="00B04A50" w:rsidP="00AA173A">
+    <w:p w:rsidRPr="005F49A2" w:rsidR="00B04A50" w:rsidP="00771AFA" w:rsidRDefault="00B04A50" w14:paraId="2915BDC9" w14:textId="4BCD620C">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00267BE8">
+      <w:r w:rsidRPr="005F49A2">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Universidad de </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="232AD946">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>xxxx</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> Nombre de la institución</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="232AD946">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00A06D85">
+        <w:t xml:space="preserve"> (País), correo electrónico</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="005F49A2">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">; CÓDIGO ORCID: </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="232AD946">
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>ORCID</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00B04A50" w:rsidRDefault="00B04A50" w:rsidP="000C314D">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w:rsidRPr="005F49A2" w:rsidR="005F49A2" w:rsidP="00771AFA" w:rsidRDefault="00B04A50" w14:paraId="14EC3BEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A06D85">
+      <w:r w:rsidRPr="005F49A2">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00A06D85">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="232AD946">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Universidad de </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> Nombre de la institución (País), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="005F49A2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>xxxx</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>correo electrónico</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="005F49A2">
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>, ORCID</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A06D85" w:rsidR="00A06D85" w:rsidP="00771AFA" w:rsidRDefault="232AD946" w14:paraId="274EFEFB" w14:textId="70F1D421">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:szCs w:val="18"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F49A2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:szCs w:val="18"/>
-[...24 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="005F49A2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Universidad de </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> Nombre de la institución (País), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="005F49A2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>xxxx</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>correo electrónico</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F49A2" w:rsidR="005F49A2">
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t>; CÓDIGO ORCID:</w:t>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>, ORCID</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00B04A50" w:rsidRPr="004A1D29" w:rsidRDefault="00B04A50" w:rsidP="00FC1682">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00601102" w:rsidR="00B04A50" w:rsidP="00601102" w:rsidRDefault="00714C2D" w14:paraId="25C257DB" w14:textId="45AC8D35">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
       </w:pBdr>
+      <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:cs="Arial"/>
         <w:i/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00714C2D">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:cs="Arial"/>
         <w:i/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Apellidos, Inicial autor 1, Apellidos</w:t>
+      <w:t>Apellido(s), Inicial(es), Apellido(s), Inicial(s) y Apellido(s), Inicial(es)</w:t>
     </w:r>
-    <w:r w:rsidRPr="004A1D29">
-[...31 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00B04A50" w:rsidRDefault="00B04A50">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00B04A50" w:rsidRDefault="00B04A50" w14:paraId="7577A6C9" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00B04A50" w:rsidRPr="002C521F" w:rsidRDefault="00B04A50" w:rsidP="00B772B6">
+  <w:p w:rsidRPr="00601102" w:rsidR="00B04A50" w:rsidP="00B772B6" w:rsidRDefault="00B04A50" w14:paraId="0A465480" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
       </w:pBdr>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="002C521F">
+    <w:r w:rsidRPr="00601102">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:cs="Arial"/>
         <w:i/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Revista de Innovación y Buenas Prácticas Docentes</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00B04A50" w:rsidRDefault="00B04A50">
+  <w:p w:rsidR="00B04A50" w:rsidRDefault="00B04A50" w14:paraId="47246022" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00B04A50" w:rsidRDefault="00B04A50">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00B04A50" w:rsidP="00771AFA" w:rsidRDefault="00B04A50" w14:paraId="398C9CFB" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="8504"/>
+      </w:tabs>
+      <w:ind w:firstLine="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="444AA358" wp14:editId="268F367E">
           <wp:extent cx="5400675" cy="1138555"/>
           <wp:effectExtent l="0" t="0" r="9525" b="4445"/>
           <wp:docPr id="1" name="Imagen 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Encabezado revista.jpg"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5400675" cy="1138555"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000003"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="00000003"/>
     <w:name w:val="WW8Num8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000006"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="00000006"/>
     <w:name w:val="WW8Num16"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="585" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0526D370"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="788E4954"/>
+    <w:lvl w:ilvl="0" w:tplc="A28E8E62">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EAA07922">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="B38C94A2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="76727860">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A0207190">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="3D90061E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="20A00F0A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3FA87112">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2B78FD50">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="055E1FCA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA0C7236"/>
     <w:lvl w:ilvl="0" w:tplc="E04A069C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -3351,51 +5599,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08235099"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2C48D60"/>
     <w:lvl w:ilvl="0" w:tplc="42F6432A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="732" w:hanging="372"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -3441,165 +5689,367 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C05584D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9112D510"/>
     <w:lvl w:ilvl="0" w:tplc="6DEA0B86">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2283CB3A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1A3CB12C"/>
+    <w:lvl w:ilvl="0" w:tplc="8E782060">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1778" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="73E6C27A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2498" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6DD60D82">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3218" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="90A4787A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3938" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="55A87AD8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4658" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10D665D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5378" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="AD040480">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6098" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="00260D10">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6818" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="74A67FD6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7538" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24B56321"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B9CC546E"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29322C3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="79D42A3E"/>
     <w:lvl w:ilvl="0" w:tplc="5B9A7C5C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
@@ -3644,51 +6094,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2ADB5CCC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="32B6EABE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F185927"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84FA07D2"/>
     <w:lvl w:ilvl="0" w:tplc="F22C1080">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
@@ -3733,177 +6269,268 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33DB09CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7AB62B4C"/>
     <w:lvl w:ilvl="0" w:tplc="F3464E62">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Century Gothic" w:cstheme="minorBidi" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3BE63085"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4F447934"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="APARTADOPRINCIPAL"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="SubApartadonivel1"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C33379"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E306D7D0"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="732" w:hanging="372"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -3935,51 +6562,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="423A7731"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50AEA43C"/>
     <w:lvl w:ilvl="0" w:tplc="0AEA0A7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
@@ -4024,164 +6651,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49101D2C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B6F2FEF2"/>
     <w:lvl w:ilvl="0" w:tplc="3A1EE27E">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Century Gothic" w:cstheme="minorBidi" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DD66089"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="324C0658"/>
     <w:lvl w:ilvl="0" w:tplc="EC48235E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="732" w:hanging="372"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
@@ -4226,51 +6853,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5DBE0954"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0C0A001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1932" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2436" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3444" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4452" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5028" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6652195F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C183AD6"/>
     <w:lvl w:ilvl="0" w:tplc="8CF037C8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
@@ -4315,507 +7028,970 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="687343B2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6C988E52"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EF8709F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="81D2B7B8"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
-    <w:abstractNumId w:val="11"/>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="727F54A7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5A049F9A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1514563855">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="2" w16cid:durableId="1073351463">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="3" w16cid:durableId="525556971">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="742261893">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1795833673">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1078937308">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="967709633">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="5">
-[...2 lines deleted...]
-  <w:num w:numId="6">
+  <w:num w:numId="8" w16cid:durableId="220946627">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="9" w16cid:durableId="188371333">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="10" w16cid:durableId="2119910439">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1116371885">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="980622561">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1223518123">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1014763551">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="791486474">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="389352471">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1944220038">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="71781466">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9">
-[...11 lines deleted...]
-  <w:num w:numId="13">
+  <w:num w:numId="19" w16cid:durableId="1014919393">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="14">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="20" w16cid:durableId="187957600">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="808134444">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1449160212">
+    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A945C2"/>
     <w:rsid w:val="000051FD"/>
+    <w:rsid w:val="00017E4C"/>
+    <w:rsid w:val="00042BBF"/>
     <w:rsid w:val="0005777A"/>
     <w:rsid w:val="0008069A"/>
+    <w:rsid w:val="00084B48"/>
     <w:rsid w:val="000864CD"/>
+    <w:rsid w:val="000968BA"/>
     <w:rsid w:val="000A561F"/>
     <w:rsid w:val="000B1081"/>
+    <w:rsid w:val="000B2255"/>
     <w:rsid w:val="000C314D"/>
     <w:rsid w:val="000F0583"/>
+    <w:rsid w:val="00100844"/>
     <w:rsid w:val="001050DC"/>
     <w:rsid w:val="001331DF"/>
     <w:rsid w:val="00147E70"/>
     <w:rsid w:val="0016372E"/>
+    <w:rsid w:val="001673ED"/>
     <w:rsid w:val="00182FC6"/>
     <w:rsid w:val="00184785"/>
     <w:rsid w:val="001857A0"/>
     <w:rsid w:val="001951CC"/>
+    <w:rsid w:val="001974AB"/>
     <w:rsid w:val="001A15EF"/>
     <w:rsid w:val="001A7EEA"/>
+    <w:rsid w:val="001C0CE4"/>
+    <w:rsid w:val="001D19F5"/>
     <w:rsid w:val="001E0AE1"/>
+    <w:rsid w:val="001E2D7C"/>
     <w:rsid w:val="001F703B"/>
     <w:rsid w:val="0020677F"/>
     <w:rsid w:val="00210974"/>
     <w:rsid w:val="0021618E"/>
+    <w:rsid w:val="002200AE"/>
     <w:rsid w:val="00254541"/>
+    <w:rsid w:val="00256660"/>
     <w:rsid w:val="00267BE8"/>
+    <w:rsid w:val="00271A29"/>
+    <w:rsid w:val="00271A82"/>
     <w:rsid w:val="0027749E"/>
     <w:rsid w:val="00280AD6"/>
     <w:rsid w:val="00285839"/>
     <w:rsid w:val="0029257D"/>
     <w:rsid w:val="002B5498"/>
     <w:rsid w:val="002C0536"/>
     <w:rsid w:val="002C521F"/>
     <w:rsid w:val="002D16B0"/>
     <w:rsid w:val="002D28A9"/>
     <w:rsid w:val="002D29C7"/>
+    <w:rsid w:val="002E1057"/>
     <w:rsid w:val="002E174B"/>
     <w:rsid w:val="002E44F8"/>
+    <w:rsid w:val="002F2AA7"/>
     <w:rsid w:val="00305974"/>
     <w:rsid w:val="00306DBE"/>
+    <w:rsid w:val="00317DDE"/>
+    <w:rsid w:val="00323751"/>
+    <w:rsid w:val="003239B6"/>
     <w:rsid w:val="003257A9"/>
     <w:rsid w:val="003269E6"/>
     <w:rsid w:val="003415E2"/>
+    <w:rsid w:val="00342485"/>
+    <w:rsid w:val="00350426"/>
     <w:rsid w:val="0036369F"/>
+    <w:rsid w:val="00365013"/>
     <w:rsid w:val="00365555"/>
     <w:rsid w:val="00365B7F"/>
+    <w:rsid w:val="0036A635"/>
+    <w:rsid w:val="00372727"/>
+    <w:rsid w:val="00386C46"/>
+    <w:rsid w:val="003B5AB0"/>
     <w:rsid w:val="003C6F23"/>
     <w:rsid w:val="003D4A54"/>
+    <w:rsid w:val="00400032"/>
     <w:rsid w:val="0040463A"/>
     <w:rsid w:val="0041339D"/>
+    <w:rsid w:val="00414079"/>
     <w:rsid w:val="00421FED"/>
     <w:rsid w:val="00431BBC"/>
     <w:rsid w:val="00436C89"/>
     <w:rsid w:val="00467D12"/>
     <w:rsid w:val="00475080"/>
     <w:rsid w:val="00476118"/>
+    <w:rsid w:val="00486C55"/>
+    <w:rsid w:val="00495F4C"/>
     <w:rsid w:val="00496AD1"/>
+    <w:rsid w:val="00497AEF"/>
     <w:rsid w:val="004A1D29"/>
     <w:rsid w:val="004A369D"/>
+    <w:rsid w:val="004A7B2A"/>
     <w:rsid w:val="004B1C4C"/>
+    <w:rsid w:val="004C3D71"/>
     <w:rsid w:val="004C6708"/>
+    <w:rsid w:val="004E6CAF"/>
+    <w:rsid w:val="005021C4"/>
     <w:rsid w:val="00512E5E"/>
+    <w:rsid w:val="00537081"/>
+    <w:rsid w:val="00537306"/>
     <w:rsid w:val="00561208"/>
+    <w:rsid w:val="00575AEE"/>
+    <w:rsid w:val="00582D9E"/>
     <w:rsid w:val="005A23FE"/>
+    <w:rsid w:val="005B0A8D"/>
     <w:rsid w:val="005B0D76"/>
     <w:rsid w:val="005D4B34"/>
     <w:rsid w:val="005D648F"/>
+    <w:rsid w:val="005D6B39"/>
+    <w:rsid w:val="005F49A2"/>
+    <w:rsid w:val="00601102"/>
     <w:rsid w:val="006042F3"/>
     <w:rsid w:val="0061275D"/>
+    <w:rsid w:val="00633A8B"/>
+    <w:rsid w:val="00634F81"/>
+    <w:rsid w:val="006605F7"/>
+    <w:rsid w:val="00665BFE"/>
     <w:rsid w:val="006958FA"/>
+    <w:rsid w:val="00695A7A"/>
     <w:rsid w:val="006A440E"/>
     <w:rsid w:val="006E53A6"/>
     <w:rsid w:val="006E69A9"/>
+    <w:rsid w:val="00714C2D"/>
+    <w:rsid w:val="00725090"/>
     <w:rsid w:val="00725D11"/>
+    <w:rsid w:val="00732183"/>
     <w:rsid w:val="0075367E"/>
+    <w:rsid w:val="00771AFA"/>
     <w:rsid w:val="00774F5A"/>
     <w:rsid w:val="007960B1"/>
     <w:rsid w:val="007A7EDC"/>
+    <w:rsid w:val="007B043D"/>
     <w:rsid w:val="007C51D8"/>
     <w:rsid w:val="007D34C3"/>
+    <w:rsid w:val="007D58B7"/>
     <w:rsid w:val="007E015A"/>
+    <w:rsid w:val="007F1792"/>
+    <w:rsid w:val="00811C35"/>
+    <w:rsid w:val="008128A6"/>
+    <w:rsid w:val="00814E34"/>
     <w:rsid w:val="008429AD"/>
+    <w:rsid w:val="0084711A"/>
     <w:rsid w:val="00864AB7"/>
+    <w:rsid w:val="00870D36"/>
+    <w:rsid w:val="00882426"/>
+    <w:rsid w:val="008A1FA3"/>
     <w:rsid w:val="008A3AFC"/>
+    <w:rsid w:val="008B5E89"/>
+    <w:rsid w:val="008D39B3"/>
+    <w:rsid w:val="008E76AE"/>
     <w:rsid w:val="008F453E"/>
+    <w:rsid w:val="00906282"/>
+    <w:rsid w:val="0092E7AA"/>
+    <w:rsid w:val="0093AB84"/>
     <w:rsid w:val="00953C21"/>
     <w:rsid w:val="009665D0"/>
     <w:rsid w:val="009743E4"/>
     <w:rsid w:val="009745B0"/>
     <w:rsid w:val="00990DDF"/>
     <w:rsid w:val="009A69F9"/>
     <w:rsid w:val="009A7AF1"/>
+    <w:rsid w:val="009C15F3"/>
+    <w:rsid w:val="009E4559"/>
     <w:rsid w:val="009E4672"/>
     <w:rsid w:val="00A06D85"/>
+    <w:rsid w:val="00A32FF8"/>
     <w:rsid w:val="00A3778C"/>
+    <w:rsid w:val="00A437E7"/>
     <w:rsid w:val="00A50CE9"/>
     <w:rsid w:val="00A7119B"/>
+    <w:rsid w:val="00A71831"/>
     <w:rsid w:val="00A945C2"/>
     <w:rsid w:val="00AA173A"/>
     <w:rsid w:val="00AA732A"/>
     <w:rsid w:val="00AC2DB2"/>
     <w:rsid w:val="00AC5976"/>
     <w:rsid w:val="00AD5133"/>
     <w:rsid w:val="00AF3498"/>
+    <w:rsid w:val="00AF719D"/>
     <w:rsid w:val="00B02AC0"/>
     <w:rsid w:val="00B042FE"/>
     <w:rsid w:val="00B04A50"/>
+    <w:rsid w:val="00B27A0A"/>
     <w:rsid w:val="00B41CC1"/>
     <w:rsid w:val="00B43CD7"/>
     <w:rsid w:val="00B57AEF"/>
+    <w:rsid w:val="00B6374F"/>
+    <w:rsid w:val="00B637DF"/>
     <w:rsid w:val="00B70FC1"/>
     <w:rsid w:val="00B754CF"/>
     <w:rsid w:val="00B772B6"/>
+    <w:rsid w:val="00BA1775"/>
     <w:rsid w:val="00BB1A99"/>
+    <w:rsid w:val="00BC13E5"/>
+    <w:rsid w:val="00BE080F"/>
     <w:rsid w:val="00C12E5A"/>
+    <w:rsid w:val="00C15BA7"/>
+    <w:rsid w:val="00C24E57"/>
     <w:rsid w:val="00C34036"/>
     <w:rsid w:val="00C434A3"/>
     <w:rsid w:val="00C6409D"/>
     <w:rsid w:val="00C66ED6"/>
+    <w:rsid w:val="00C7133F"/>
+    <w:rsid w:val="00C71FD8"/>
     <w:rsid w:val="00C84403"/>
+    <w:rsid w:val="00C91AF9"/>
+    <w:rsid w:val="00C9252D"/>
+    <w:rsid w:val="00C94850"/>
+    <w:rsid w:val="00CA3240"/>
     <w:rsid w:val="00CA4BA1"/>
+    <w:rsid w:val="00CB3B6B"/>
+    <w:rsid w:val="00CC76BF"/>
     <w:rsid w:val="00CE06E7"/>
+    <w:rsid w:val="00CF5E97"/>
+    <w:rsid w:val="00D0620F"/>
+    <w:rsid w:val="00D121E8"/>
     <w:rsid w:val="00D13A90"/>
+    <w:rsid w:val="00D1721B"/>
+    <w:rsid w:val="00D3614E"/>
     <w:rsid w:val="00D62393"/>
     <w:rsid w:val="00D81544"/>
     <w:rsid w:val="00D869C3"/>
     <w:rsid w:val="00D87235"/>
+    <w:rsid w:val="00DA03A7"/>
     <w:rsid w:val="00DA392F"/>
     <w:rsid w:val="00DA3F8A"/>
     <w:rsid w:val="00DB17B6"/>
+    <w:rsid w:val="00DB70E7"/>
     <w:rsid w:val="00DD2B7A"/>
+    <w:rsid w:val="00E0294C"/>
+    <w:rsid w:val="00E11A59"/>
     <w:rsid w:val="00E17471"/>
     <w:rsid w:val="00E20AA5"/>
     <w:rsid w:val="00E43561"/>
+    <w:rsid w:val="00E45FDF"/>
+    <w:rsid w:val="00E46727"/>
     <w:rsid w:val="00E505A7"/>
     <w:rsid w:val="00E64077"/>
     <w:rsid w:val="00E676BC"/>
     <w:rsid w:val="00E8423F"/>
+    <w:rsid w:val="00E8578A"/>
+    <w:rsid w:val="00E9721F"/>
+    <w:rsid w:val="00ED7C28"/>
     <w:rsid w:val="00EE2C30"/>
     <w:rsid w:val="00EE6458"/>
+    <w:rsid w:val="00EF3EBA"/>
     <w:rsid w:val="00EF7C8A"/>
+    <w:rsid w:val="00F006EF"/>
     <w:rsid w:val="00F01C2D"/>
     <w:rsid w:val="00F10D30"/>
+    <w:rsid w:val="00F27301"/>
+    <w:rsid w:val="00F27E06"/>
+    <w:rsid w:val="00F472F6"/>
     <w:rsid w:val="00F617F7"/>
+    <w:rsid w:val="00F635DD"/>
+    <w:rsid w:val="00F660B3"/>
     <w:rsid w:val="00F724E1"/>
     <w:rsid w:val="00F752EC"/>
     <w:rsid w:val="00FA0930"/>
     <w:rsid w:val="00FA2816"/>
     <w:rsid w:val="00FC00CD"/>
     <w:rsid w:val="00FC1682"/>
     <w:rsid w:val="00FC77AC"/>
     <w:rsid w:val="00FD0510"/>
     <w:rsid w:val="00FD5E74"/>
     <w:rsid w:val="00FE5191"/>
+    <w:rsid w:val="01143755"/>
+    <w:rsid w:val="0274E93A"/>
+    <w:rsid w:val="030A7D10"/>
+    <w:rsid w:val="04C3308B"/>
+    <w:rsid w:val="06469449"/>
+    <w:rsid w:val="077FAD79"/>
+    <w:rsid w:val="08D45D7B"/>
+    <w:rsid w:val="0ACEB495"/>
+    <w:rsid w:val="0B5F6B6A"/>
+    <w:rsid w:val="0C474829"/>
+    <w:rsid w:val="0C93C1C5"/>
+    <w:rsid w:val="0CADCB84"/>
+    <w:rsid w:val="0CBF7B67"/>
+    <w:rsid w:val="0CC4E609"/>
+    <w:rsid w:val="0D1424B4"/>
+    <w:rsid w:val="0D4A117C"/>
+    <w:rsid w:val="0D84E0A5"/>
+    <w:rsid w:val="10B3ADDB"/>
+    <w:rsid w:val="1285B99E"/>
+    <w:rsid w:val="12C48C64"/>
+    <w:rsid w:val="146EDBAA"/>
+    <w:rsid w:val="14A2761F"/>
+    <w:rsid w:val="1646F12D"/>
+    <w:rsid w:val="173D52E9"/>
+    <w:rsid w:val="1769DDF0"/>
+    <w:rsid w:val="1774D75C"/>
+    <w:rsid w:val="19B396FF"/>
+    <w:rsid w:val="1A4C6425"/>
+    <w:rsid w:val="1AA80EA6"/>
+    <w:rsid w:val="1B425262"/>
+    <w:rsid w:val="1BD6C364"/>
+    <w:rsid w:val="1D6812B8"/>
+    <w:rsid w:val="1D918E2B"/>
+    <w:rsid w:val="1F335A11"/>
+    <w:rsid w:val="1F8EF7EB"/>
+    <w:rsid w:val="21989AD6"/>
+    <w:rsid w:val="22CA41EC"/>
+    <w:rsid w:val="230A6055"/>
+    <w:rsid w:val="232AD946"/>
+    <w:rsid w:val="24B0EE08"/>
+    <w:rsid w:val="2532ED8F"/>
+    <w:rsid w:val="254F4EA3"/>
+    <w:rsid w:val="25CBB668"/>
+    <w:rsid w:val="26402840"/>
+    <w:rsid w:val="26C3737A"/>
+    <w:rsid w:val="27638991"/>
+    <w:rsid w:val="2764EA73"/>
+    <w:rsid w:val="27CF50C8"/>
+    <w:rsid w:val="27F76875"/>
+    <w:rsid w:val="2923DE83"/>
+    <w:rsid w:val="2936C598"/>
+    <w:rsid w:val="29A0F92F"/>
+    <w:rsid w:val="2A45F508"/>
+    <w:rsid w:val="2B8A3135"/>
+    <w:rsid w:val="2BB13349"/>
+    <w:rsid w:val="2CF82218"/>
+    <w:rsid w:val="2E9A2A8D"/>
+    <w:rsid w:val="2FC84B8D"/>
+    <w:rsid w:val="306DA363"/>
+    <w:rsid w:val="3072D380"/>
+    <w:rsid w:val="30806113"/>
+    <w:rsid w:val="30D4BA1E"/>
+    <w:rsid w:val="31A10B68"/>
+    <w:rsid w:val="3292C7A1"/>
+    <w:rsid w:val="33BC1F90"/>
+    <w:rsid w:val="35523B14"/>
+    <w:rsid w:val="35B225DE"/>
+    <w:rsid w:val="35CA7376"/>
+    <w:rsid w:val="3645420A"/>
+    <w:rsid w:val="37FF943A"/>
+    <w:rsid w:val="38784F1F"/>
+    <w:rsid w:val="38B15A53"/>
+    <w:rsid w:val="39FA7245"/>
+    <w:rsid w:val="3B094B3D"/>
+    <w:rsid w:val="3B252F41"/>
+    <w:rsid w:val="3E343FBB"/>
+    <w:rsid w:val="3E85B6E6"/>
+    <w:rsid w:val="3F343FF9"/>
+    <w:rsid w:val="407BB93A"/>
+    <w:rsid w:val="41EA27F1"/>
+    <w:rsid w:val="439D87FC"/>
+    <w:rsid w:val="4476C693"/>
+    <w:rsid w:val="45A39590"/>
+    <w:rsid w:val="47261240"/>
+    <w:rsid w:val="47B81D38"/>
+    <w:rsid w:val="496E6497"/>
+    <w:rsid w:val="497D3399"/>
+    <w:rsid w:val="4BAA026E"/>
+    <w:rsid w:val="4BDF0B25"/>
+    <w:rsid w:val="4CB463BB"/>
+    <w:rsid w:val="4D20CE3F"/>
+    <w:rsid w:val="4E0DBF62"/>
+    <w:rsid w:val="4E486D89"/>
+    <w:rsid w:val="52832CF8"/>
+    <w:rsid w:val="53174234"/>
+    <w:rsid w:val="54475287"/>
+    <w:rsid w:val="570D2A44"/>
+    <w:rsid w:val="595D8530"/>
+    <w:rsid w:val="5A82E5CC"/>
+    <w:rsid w:val="5AF45527"/>
+    <w:rsid w:val="5B0F0EAB"/>
+    <w:rsid w:val="5C3A94A3"/>
+    <w:rsid w:val="5C52962E"/>
+    <w:rsid w:val="5D211F62"/>
+    <w:rsid w:val="5DC917F7"/>
+    <w:rsid w:val="5E99F04A"/>
+    <w:rsid w:val="5EFB41A5"/>
+    <w:rsid w:val="5F24CED0"/>
+    <w:rsid w:val="5F886F81"/>
+    <w:rsid w:val="609B97A7"/>
+    <w:rsid w:val="60A75D83"/>
+    <w:rsid w:val="61614591"/>
+    <w:rsid w:val="627177E4"/>
+    <w:rsid w:val="62B94B04"/>
+    <w:rsid w:val="6323E81C"/>
+    <w:rsid w:val="63B2CF21"/>
+    <w:rsid w:val="63BF718E"/>
+    <w:rsid w:val="64CEF2D0"/>
+    <w:rsid w:val="66405E76"/>
+    <w:rsid w:val="66981025"/>
+    <w:rsid w:val="672C8EE8"/>
+    <w:rsid w:val="68019798"/>
+    <w:rsid w:val="68D66400"/>
+    <w:rsid w:val="6AE0F388"/>
+    <w:rsid w:val="6B8CDD59"/>
+    <w:rsid w:val="6B99501B"/>
+    <w:rsid w:val="6C505FD9"/>
+    <w:rsid w:val="6E692899"/>
+    <w:rsid w:val="70C3A7A6"/>
+    <w:rsid w:val="70EA1D69"/>
+    <w:rsid w:val="71FA466D"/>
+    <w:rsid w:val="75F0246B"/>
+    <w:rsid w:val="769D6049"/>
+    <w:rsid w:val="793ED1AE"/>
+    <w:rsid w:val="79B36EE8"/>
+    <w:rsid w:val="7A3048C2"/>
+    <w:rsid w:val="7A5C6060"/>
+    <w:rsid w:val="7AB821C0"/>
+    <w:rsid w:val="7ABAA531"/>
+    <w:rsid w:val="7B26F94E"/>
+    <w:rsid w:val="7B597D74"/>
+    <w:rsid w:val="7B7BC200"/>
+    <w:rsid w:val="7C059BE2"/>
+    <w:rsid w:val="7C4A1970"/>
+    <w:rsid w:val="7F1F3604"/>
+    <w:rsid w:val="7F26A902"/>
+    <w:rsid w:val="7FA82200"/>
+    <w:rsid w:val="7FC28CE1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="6E072A6C"/>
   <w15:docId w15:val="{BF8D80C9-3936-4A5D-A99A-194FCB6026BC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4971,52 +8147,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -5077,937 +8253,954 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
-    <w:aliases w:val="TEXTO"/>
-    <w:rsid w:val="00A945C2"/>
+    <w:aliases w:val="Párrafo"/>
+    <w:rsid w:val="00D1721B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+      <w:ind w:firstLine="709"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
-      <w:sz w:val="18"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Resumen y Palabas clave"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE2C30"/>
+    <w:rsid w:val="00A32FF8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:jc w:val="both"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Pie de págiona datos autores"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo2Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A945C2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:jc w:val="both"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="16"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="TÍTULO APARTADO PRINCIPAL"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo3Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0027749E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
-      <w:jc w:val="both"/>
+      <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="SUB-APARTADO"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo4Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FC1682"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:spacing w:line="360" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo5Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FC1682"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="200" w:after="0"/>
+      <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+  <w:style w:type="character" w:styleId="Fuentedeprrafopredeter" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+  <w:style w:type="table" w:styleId="Tablanormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+  <w:style w:type="numbering" w:styleId="Sinlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A945C2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
+  <w:style w:type="character" w:styleId="EncabezadoCar" w:customStyle="1">
     <w:name w:val="Encabezado Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Encabezado"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A945C2"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A945C2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
+  <w:style w:type="character" w:styleId="PiedepginaCar" w:customStyle="1">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A945C2"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodeglobo">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodegloboCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A945C2"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
+  <w:style w:type="character" w:styleId="TextodegloboCar" w:customStyle="1">
     <w:name w:val="Texto de globo Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textodeglobo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A945C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TTULODELARTCULO">
+  <w:style w:type="paragraph" w:styleId="TTULODELARTCULO" w:customStyle="1">
     <w:name w:val="TÍTULO DEL ARTÍCULO"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TTULODELARTCULOCar"/>
     <w:qFormat/>
-    <w:rsid w:val="00A945C2"/>
+    <w:rsid w:val="008128A6"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:spacing w:before="480" w:after="480" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sinespaciado">
     <w:name w:val="No Spacing"/>
-    <w:aliases w:val="autores"/>
+    <w:aliases w:val="Autores"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A945C2"/>
+    <w:rsid w:val="00D121E8"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TTULODELARTCULOCar">
+  <w:style w:type="character" w:styleId="TTULODELARTCULOCar" w:customStyle="1">
     <w:name w:val="TÍTULO DEL ARTÍCULO Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="TTULODELARTCULO"/>
-    <w:rsid w:val="00A945C2"/>
+    <w:rsid w:val="008128A6"/>
     <w:rPr>
-      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textonotapie">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextonotapieCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A945C2"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextonotapieCar">
+  <w:style w:type="character" w:styleId="TextonotapieCar" w:customStyle="1">
     <w:name w:val="Texto nota pie Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textonotapie"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A945C2"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdenotaalpie">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A945C2"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
+  <w:style w:type="character" w:styleId="Ttulo1Car" w:customStyle="1">
     <w:name w:val="Título 1 Car"/>
     <w:aliases w:val="Resumen y Palabas clave Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00EE2C30"/>
+    <w:rsid w:val="00A32FF8"/>
     <w:rPr>
-      <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Century Gothic" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
+  <w:style w:type="character" w:styleId="Ttulo2Car" w:customStyle="1">
     <w:name w:val="Título 2 Car"/>
     <w:aliases w:val="Pie de págiona datos autores Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A945C2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Century Gothic" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="16"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
+  <w:style w:type="character" w:styleId="Ttulo3Car" w:customStyle="1">
     <w:name w:val="Título 3 Car"/>
     <w:aliases w:val="TÍTULO APARTADO PRINCIPAL Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0027749E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Century Gothic" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:aliases w:val="TEXTO ARTICULO"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TtuloCar"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00AF3498"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="8" w:space="4"/>
       </w:pBdr>
       <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
-      <w:sz w:val="22"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TtuloCar">
+  <w:style w:type="character" w:styleId="TtuloCar" w:customStyle="1">
     <w:name w:val="Título Car"/>
     <w:aliases w:val="TEXTO ARTICULO Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00AF3498"/>
     <w:rPr>
-      <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Century Gothic" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
+  <w:style w:type="character" w:styleId="Ttulo4Car" w:customStyle="1">
     <w:name w:val="Título 4 Car"/>
     <w:aliases w:val="SUB-APARTADO Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00FC1682"/>
     <w:rPr>
-      <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Century Gothic" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Car">
+  <w:style w:type="character" w:styleId="Ttulo5Car" w:customStyle="1">
     <w:name w:val="Título 5 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00FC1682"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FC1682"/>
     <w:rPr>
       <w:noProof w:val="0"/>
       <w:color w:val="000080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="nfasis">
     <w:name w:val="Emphasis"/>
     <w:aliases w:val="APARTADO 1"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="20"/>
     <w:rsid w:val="0027749E"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
       <w:b/>
       <w:iCs/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="APARTADOPRINCIPAL">
+  <w:style w:type="paragraph" w:styleId="APARTADOPRINCIPAL" w:customStyle="1">
     <w:name w:val="APARTADO PRINCIPAL"/>
-    <w:basedOn w:val="Ttulo3"/>
+    <w:basedOn w:val="Ttulo1"/>
     <w:link w:val="APARTADOPRINCIPALCar"/>
     <w:qFormat/>
-    <w:rsid w:val="0027749E"/>
+    <w:rsid w:val="00271A82"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="22"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="240" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:lang w:val="en-GB"/>
+      <w:rFonts w:cs="Arial"/>
+      <w:b/>
+      <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TEXTOSARTICULOS">
+  <w:style w:type="paragraph" w:styleId="TEXTOSARTICULOS" w:customStyle="1">
     <w:name w:val="TEXTOS ARTICULOS"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TEXTOSARTICULOSCar"/>
     <w:qFormat/>
     <w:rsid w:val="00F724E1"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:spacing w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="22"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="APARTADOPRINCIPALCar">
+  <w:style w:type="character" w:styleId="APARTADOPRINCIPALCar" w:customStyle="1">
     <w:name w:val="APARTADO PRINCIPAL Car"/>
     <w:basedOn w:val="Ttulo3Car"/>
     <w:link w:val="APARTADOPRINCIPAL"/>
-    <w:rsid w:val="0027749E"/>
+    <w:rsid w:val="00271A82"/>
     <w:rPr>
-      <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Century Gothic" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="majorEastAsia"/>
       <w:b/>
       <w:bCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
-      <w:lang w:val="en-GB"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TEXTOSARTICULOSCar">
+  <w:style w:type="character" w:styleId="TEXTOSARTICULOSCar" w:customStyle="1">
     <w:name w:val="TEXTOS ARTICULOS Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="TEXTOSARTICULOS"/>
     <w:rsid w:val="00F724E1"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00FA0930"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sombreadomulticolor-nfasis31">
+  <w:style w:type="paragraph" w:styleId="Sombreadomulticolor-nfasis31" w:customStyle="1">
     <w:name w:val="Sombreado multicolor - Énfasis 31"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D869C3"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-      <w:sz w:val="22"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdecomentario">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DB17B6"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textocomentario">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextocomentarioCar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DB17B6"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextocomentarioCar">
+  <w:style w:type="character" w:styleId="TextocomentarioCar" w:customStyle="1">
     <w:name w:val="Texto comentario Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textocomentario"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00DB17B6"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Asuntodelcomentario">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Textocomentario"/>
     <w:next w:val="Textocomentario"/>
     <w:link w:val="AsuntodelcomentarioCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DB17B6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
+  <w:style w:type="character" w:styleId="AsuntodelcomentarioCar" w:customStyle="1">
     <w:name w:val="Asunto del comentario Car"/>
     <w:basedOn w:val="TextocomentarioCar"/>
     <w:link w:val="Asuntodelcomentario"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DB17B6"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00561208"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Tablanormal21">
+  <w:style w:type="table" w:styleId="Tablanormal21" w:customStyle="1">
     <w:name w:val="Tabla normal 21"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="42"/>
     <w:rsid w:val="00FD0510"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Tablanormal31">
+  <w:style w:type="table" w:styleId="Tablanormal31" w:customStyle="1">
     <w:name w:val="Tabla normal 31"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="43"/>
     <w:rsid w:val="00FD0510"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Tablanormal51">
+  <w:style w:type="table" w:styleId="Tablanormal51" w:customStyle="1">
     <w:name w:val="Tabla normal 51"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="45"/>
     <w:rsid w:val="00C66ED6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Tablanormal41">
+  <w:style w:type="table" w:styleId="Tablanormal41" w:customStyle="1">
     <w:name w:val="Tabla normal 41"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="44"/>
     <w:rsid w:val="00C66ED6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
@@ -6026,81 +9219,438 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cita">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CitaCar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="003D4A54"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CitaCar">
+  <w:style w:type="character" w:styleId="CitaCar" w:customStyle="1">
     <w:name w:val="Cita Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Cita"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="003D4A54"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Mencinsinresolver1">
+  <w:style w:type="character" w:styleId="Mencinsinresolver1" w:customStyle="1">
     <w:name w:val="Mención sin resolver1"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B70FC1"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="CmoCitarTexto" w:customStyle="1">
+    <w:name w:val="Cómo Citar (Texto)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CmoCitarTextoCar"/>
+    <w:qFormat/>
+    <w:rsid w:val="008128A6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+      </w:pBdr>
+      <w:spacing w:after="480" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CmoCitarTextoCar" w:customStyle="1">
+    <w:name w:val="Cómo Citar (Texto) Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="CmoCitarTexto"/>
+    <w:rsid w:val="008128A6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CmoCitarencabezado" w:customStyle="1">
+    <w:name w:val="Cómo Citar (encabezado)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CmoCitarencabezadoCar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CA3240"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+      </w:pBdr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CmoCitarencabezadoCar" w:customStyle="1">
+    <w:name w:val="Cómo Citar (encabezado) Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="CmoCitarencabezado"/>
+    <w:rsid w:val="00CA3240"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="AutorCorrespondencia" w:customStyle="1">
+    <w:name w:val="Autor Correspondencia"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AutorCorrespondenciaCar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CA3240"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+      </w:pBdr>
+      <w:spacing w:after="480" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="AutorCorrespondenciaCar" w:customStyle="1">
+    <w:name w:val="Autor Correspondencia Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="AutorCorrespondencia"/>
+    <w:rsid w:val="00CA3240"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="SubApartadonivel1" w:customStyle="1">
+    <w:name w:val="Sub Apartado nivel 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SubApartadonivel1Car"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A32FF8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="22"/>
+      </w:numPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubApartadonivel1Car" w:customStyle="1">
+    <w:name w:val="Sub Apartado nivel 1 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="SubApartadonivel1"/>
+    <w:rsid w:val="00A32FF8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TtuloTabla" w:customStyle="1">
+    <w:name w:val="Título Tabla"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TtuloTablaCar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CA3240"/>
+    <w:pPr>
+      <w:ind w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TtuloTablaCar" w:customStyle="1">
+    <w:name w:val="Título Tabla Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="TtuloTabla"/>
+    <w:rsid w:val="00CA3240"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PiedeTabla" w:customStyle="1">
+    <w:name w:val="Pie de Tabla"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PiedeTablaCar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00365013"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PiedeTablaCar" w:customStyle="1">
+    <w:name w:val="Pie de Tabla Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="PiedeTabla"/>
+    <w:rsid w:val="00365013"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Referencias" w:customStyle="1">
+    <w:name w:val="Referencias"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ReferenciasCar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CA3240"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="ReferenciasCar" w:customStyle="1">
+    <w:name w:val="Referencias Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Referencias"/>
+    <w:rsid w:val="00CA3240"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="majorEastAsia"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Fechas" w:customStyle="1">
+    <w:name w:val="Fechas"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FechasCar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CA3240"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+      </w:pBdr>
+      <w:spacing w:after="480" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FechasCar" w:customStyle="1">
+    <w:name w:val="Fechas Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Fechas"/>
+    <w:rsid w:val="00CA3240"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revisin">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00575AEE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tablanormal2">
+    <w:name w:val="Plain Table 2"/>
+    <w:basedOn w:val="Tablanormal"/>
+    <w:uiPriority w:val="42"/>
+    <w:rsid w:val="00F635DD"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EncabezadoAutores" w:customStyle="1">
+    <w:name w:val="Encabezado Autores"/>
+    <w:basedOn w:val="Encabezado"/>
+    <w:rsid w:val="00601102"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+      </w:pBdr>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00601102"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mencionar">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00882426"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="36202585">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="118693771">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6377,56 +9927,55 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2038113728">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId18" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bitly.com/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14201/eks2015164623" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7238/rusc.v1i1.228" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15366/reps2018.3.1.001" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shorturl.at" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/4kyw9bn2" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://n9.cl/es" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId28" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/vds4b3dt" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId30" /></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6687,70 +10236,48 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F11332E-5787-493F-8902-3E6F8230FA41}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>Universidad de Valladolid</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>usuario</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-[...1 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
+  <lastModifiedBy>Francisco Javier Palacios Hidalgo</lastModifiedBy>
+  <revision>46</revision>
+  <lastPrinted>2019-05-26T08:41:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>