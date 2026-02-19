--- v1 (2026-01-10)
+++ v2 (2026-02-19)
@@ -1,4451 +1,2000 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
-  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="004A1D29" w:rsidR="00305974" w:rsidP="00771AFA" w:rsidRDefault="001A15EF" w14:paraId="7A4B6C03" w14:textId="1A1EA6AA">
+    <w:p w14:paraId="7A4B6C03" w14:textId="1A1EA6AA" w:rsidR="00305974" w:rsidRPr="004A1D29" w:rsidRDefault="001A15EF" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="TTULODELARTCULO"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título del artículo en </w:t>
       </w:r>
       <w:r w:rsidR="00906282">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>español</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D121E8" w:rsidR="00305974" w:rsidP="00771AFA" w:rsidRDefault="00AA173A" w14:paraId="3795EFAF" w14:textId="217402C2">
+    <w:p w14:paraId="3795EFAF" w14:textId="217402C2" w:rsidR="00305974" w:rsidRPr="00D121E8" w:rsidRDefault="00AA173A" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="TTULODELARTCULO"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D121E8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D121E8" w:rsidR="001A15EF">
+      <w:r w:rsidR="001A15EF" w:rsidRPr="00D121E8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ítulo del artículo en </w:t>
       </w:r>
       <w:r w:rsidR="00906282">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>inglés</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D121E8" w:rsidR="00AA173A" w:rsidP="00771AFA" w:rsidRDefault="001A15EF" w14:paraId="6B636CA7" w14:textId="7551FB8C">
+    <w:p w14:paraId="6B636CA7" w14:textId="7551FB8C" w:rsidR="00AA173A" w:rsidRPr="00D121E8" w:rsidRDefault="001A15EF" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D121E8" w:rsidR="001A15EF">
-        <w:rPr/>
+      <w:r w:rsidRPr="00D121E8">
         <w:t>Nombre Apellido</w:t>
       </w:r>
       <w:r w:rsidR="005F49A2">
-        <w:rPr/>
         <w:t>(s)</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F49A2" w:rsidR="00AA173A">
+      <w:r w:rsidR="00AA173A" w:rsidRPr="005F49A2">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
-      <w:r w:rsidRPr="00D121E8" w:rsidR="00AA173A">
-[...4 lines deleted...]
-        <w:rPr/>
+      <w:r w:rsidR="00AA173A" w:rsidRPr="00D121E8">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D121E8">
+        <w:t>Nombre Apellido</w:t>
+      </w:r>
+      <w:r w:rsidR="005F49A2">
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA173A" w:rsidRPr="005F49A2">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaalpie"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidRPr="00D121E8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D121E8" w:rsidR="001A15EF">
-[...1 lines deleted...]
-        <w:t>Nombre Apellido</w:t>
+      <w:r w:rsidR="00906282">
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D121E8">
+        <w:t>Nombre</w:t>
       </w:r>
       <w:r w:rsidR="005F49A2">
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D121E8">
+        <w:t>Apellido</w:t>
+      </w:r>
+      <w:r w:rsidR="005F49A2">
         <w:t>(s)</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F49A2" w:rsidR="00AA173A">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="005F49A2" w:rsidR="00A06D85">
+      <w:r w:rsidR="00A06D85" w:rsidRPr="005F49A2">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F49A2" w:rsidP="00771AFA" w:rsidRDefault="005F49A2" w14:paraId="79848D2C" w14:textId="7B9A0E33">
+    <w:p w14:paraId="79848D2C" w14:textId="7B9A0E33" w:rsidR="005F49A2" w:rsidRDefault="005F49A2" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="Fechas"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>La información indicada en rojo</w:t>
       </w:r>
       <w:r w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> será completada por la revista una vez el artículo haya sido aceptado para su publicación)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005F49A2" w:rsidR="00A945C2" w:rsidP="00771AFA" w:rsidRDefault="00A945C2" w14:paraId="604C36F4" w14:textId="1ACF243F">
+    <w:p w14:paraId="604C36F4" w14:textId="1ACF243F" w:rsidR="00A945C2" w:rsidRPr="005F49A2" w:rsidRDefault="00A945C2" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="Fechas"/>
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Fecha de recepción: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005F49A2" w:rsidR="001A15EF">
+      <w:r w:rsidR="001A15EF" w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005F49A2" w:rsidR="001A15EF">
+      <w:r w:rsidR="001A15EF" w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>/20</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F49A2" w:rsidR="001A15EF">
+      <w:r w:rsidR="001A15EF" w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
       <w:r w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve">; Fecha de revisión: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005F49A2" w:rsidR="001A15EF">
+      <w:r w:rsidR="001A15EF" w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
+        <w:t>xx/xx/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F49A2">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="001A15EF" w:rsidRPr="005F49A2">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005F49A2" w:rsidR="001A15EF">
+      <w:r w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
+        <w:t xml:space="preserve">; Fecha de aceptación: </w:t>
+      </w:r>
+      <w:r w:rsidR="001A15EF" w:rsidRPr="005F49A2">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:r w:rsidR="00D13A90" w:rsidRPr="005F49A2">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005F49A2" w:rsidR="001A15EF">
+      <w:r w:rsidR="001A15EF" w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005F49A2" w:rsidR="001A15EF">
+      <w:r w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005F49A2">
+        <w:t>/20</w:t>
+      </w:r>
+      <w:r w:rsidR="68D66400" w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t>20</w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F49A2">
-[...38 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidRPr="004A1D29" w:rsidR="00A945C2" w:rsidP="00771AFA" w:rsidRDefault="00A945C2" w14:paraId="00B8EC5A" w14:textId="77777777">
+    <w:p w14:paraId="00B8EC5A" w14:textId="77777777" w:rsidR="00A945C2" w:rsidRPr="004A1D29" w:rsidRDefault="00A945C2" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="CmoCitarencabezado"/>
       </w:pPr>
       <w:r w:rsidRPr="004A1D29">
         <w:t>Cómo citar este artículo:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004A1D29" w:rsidR="00EE2C30" w:rsidP="00771AFA" w:rsidRDefault="001A15EF" w14:paraId="02F8DC17" w14:textId="4F8D6A45">
+    <w:p w14:paraId="02F8DC17" w14:textId="4F8D6A45" w:rsidR="00EE2C30" w:rsidRPr="004A1D29" w:rsidRDefault="001A15EF" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="CmoCitarTexto"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Apellido</w:t>
       </w:r>
       <w:r w:rsidR="005F49A2">
         <w:t>(s)</w:t>
       </w:r>
       <w:r>
         <w:t>, Inicial</w:t>
       </w:r>
       <w:r w:rsidR="005F49A2">
         <w:t>(es)</w:t>
       </w:r>
       <w:r>
         <w:t>, Apellido</w:t>
       </w:r>
       <w:r w:rsidR="005F49A2">
         <w:t>(s)</w:t>
       </w:r>
       <w:r>
         <w:t>, Inicial</w:t>
       </w:r>
       <w:r w:rsidR="005F49A2">
         <w:t xml:space="preserve">(s) </w:t>
       </w:r>
       <w:r w:rsidR="00906282">
         <w:t xml:space="preserve">y </w:t>
       </w:r>
       <w:r>
         <w:t>Apellido</w:t>
       </w:r>
       <w:r w:rsidR="005F49A2">
         <w:t>(s)</w:t>
       </w:r>
       <w:r>
         <w:t>, Inicial</w:t>
       </w:r>
       <w:r w:rsidR="005F49A2">
         <w:t>(es)</w:t>
       </w:r>
       <w:r w:rsidR="00F752EC">
         <w:t>. (</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A7B2A" w:rsidR="004A7B2A">
+      <w:r w:rsidR="004A7B2A" w:rsidRPr="004A7B2A">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>20xx</w:t>
       </w:r>
       <w:r w:rsidR="00F752EC">
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Título del artículo. </w:t>
       </w:r>
-      <w:r w:rsidRPr="232AD946" w:rsidR="00F752EC">
+      <w:r w:rsidR="00F752EC" w:rsidRPr="232AD946">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Revista de Innovación y Buenas Prácticas Docentes, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5E97">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>x</w:t>
       </w:r>
       <w:r w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>(x)</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F49A2" w:rsidR="00F752EC">
+      <w:r w:rsidR="00F752EC" w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>pp</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005F49A2" w:rsidR="005F49A2">
+      <w:r w:rsidR="005F49A2" w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>-pp</w:t>
       </w:r>
       <w:r w:rsidR="00D13A90">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004A1D29" w:rsidR="00EE2C30" w:rsidP="00771AFA" w:rsidRDefault="00EE2C30" w14:paraId="20201ECC" w14:textId="767C8BF1">
+    <w:p w14:paraId="20201ECC" w14:textId="767C8BF1" w:rsidR="00EE2C30" w:rsidRPr="004A1D29" w:rsidRDefault="00EE2C30" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="AutorCorrespondencia"/>
       </w:pPr>
       <w:r w:rsidRPr="004A1D29">
         <w:t xml:space="preserve">Autor de </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A1D29" w:rsidR="00042BBF">
+      <w:r w:rsidR="00042BBF" w:rsidRPr="004A1D29">
         <w:t>correspondencia</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1D29">
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A1D29" w:rsidR="00F752EC">
+      <w:r w:rsidR="00F752EC" w:rsidRPr="004A1D29">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A15EF">
         <w:t>xxxx</w:t>
       </w:r>
       <w:r w:rsidR="001A15EF">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>@xxxxxx.xx</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004A1D29" w:rsidR="00A945C2" w:rsidP="00771AFA" w:rsidRDefault="00A945C2" w14:paraId="38AD7433" w14:textId="77777777">
+    <w:p w14:paraId="38AD7433" w14:textId="77777777" w:rsidR="00A945C2" w:rsidRPr="004A1D29" w:rsidRDefault="00A945C2" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1D29">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Resumen:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004A1D29" w:rsidR="001A15EF" w:rsidP="001A15EF" w:rsidRDefault="00305974" w14:paraId="714FA822" w14:textId="071EB375">
+    <w:p w14:paraId="714FA822" w14:textId="4DFD3F44" w:rsidR="001A15EF" w:rsidRPr="004A1D29" w:rsidRDefault="00305974" w:rsidP="001A15EF">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="3B094B3D" w:rsidR="00305974">
+      <w:r w:rsidRPr="3B094B3D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidRPr="3B094B3D" w:rsidR="001A15EF">
+      <w:r w:rsidR="001A15EF" w:rsidRPr="3B094B3D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>l resumen</w:t>
       </w:r>
-      <w:r w:rsidRPr="3B094B3D" w:rsidR="005F49A2">
+      <w:r w:rsidR="005F49A2" w:rsidRPr="3B094B3D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="3B094B3D" w:rsidR="009E4559">
+      <w:r w:rsidR="009E4559" w:rsidRPr="3B094B3D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">en español </w:t>
       </w:r>
-      <w:r w:rsidRPr="3B094B3D" w:rsidR="001A15EF">
+      <w:r w:rsidR="001A15EF" w:rsidRPr="3B094B3D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">contará con un </w:t>
       </w:r>
-      <w:r w:rsidRPr="3B094B3D" w:rsidR="005F49A2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="3B094B3D" w:rsidR="29A0F92F">
+      <w:r w:rsidR="00E9214B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>máximo</w:t>
+      </w:r>
+      <w:r w:rsidR="005F49A2" w:rsidRPr="3B094B3D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:r w:rsidR="29A0F92F" w:rsidRPr="3B094B3D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidRPr="3B094B3D" w:rsidR="005F49A2">
-[...41 lines deleted...]
-      <w:r w:rsidRPr="3B094B3D" w:rsidR="00BE080F">
+      <w:r w:rsidR="005F49A2" w:rsidRPr="3B094B3D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 palabras </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE080F" w:rsidRPr="3B094B3D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:r w:rsidR="00E9214B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>se</w:t>
+      </w:r>
+      <w:r w:rsidR="00497AEF" w:rsidRPr="3B094B3D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> redactar</w:t>
+      </w:r>
+      <w:r w:rsidR="00E9214B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">á </w:t>
+      </w:r>
+      <w:r w:rsidR="00497AEF" w:rsidRPr="3B094B3D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en un único párrafo. Además, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE080F" w:rsidRPr="3B094B3D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>seguirá</w:t>
       </w:r>
-      <w:r w:rsidRPr="3B094B3D" w:rsidR="005F49A2">
+      <w:r w:rsidR="005F49A2" w:rsidRPr="3B094B3D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>, sin incluir encabezados,</w:t>
       </w:r>
-      <w:r w:rsidRPr="3B094B3D" w:rsidR="00BE080F">
+      <w:r w:rsidR="00BE080F" w:rsidRPr="3B094B3D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> el siguiente esquema: introducción, objetivos, metodología, resultados y conclusiones</w:t>
       </w:r>
-      <w:r w:rsidRPr="3B094B3D" w:rsidR="00665BFE">
+      <w:r w:rsidR="00665BFE" w:rsidRPr="3B094B3D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004A1D29" w:rsidR="00A945C2" w:rsidP="00771AFA" w:rsidRDefault="00A945C2" w14:paraId="17F217DD" w14:textId="19E00572">
+    <w:p w14:paraId="17F217DD" w14:textId="19E00572" w:rsidR="00A945C2" w:rsidRPr="004A1D29" w:rsidRDefault="00A945C2" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7B26F94E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Palabras clave:</w:t>
       </w:r>
-      <w:r w:rsidRPr="7B26F94E" w:rsidR="001A15EF">
+      <w:r w:rsidR="001A15EF" w:rsidRPr="7B26F94E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="7B26F94E" w:rsidR="001A15EF">
+      <w:r w:rsidR="001A15EF" w:rsidRPr="7B26F94E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Incluir cuatro palabras clave </w:t>
       </w:r>
       <w:r w:rsidR="007D58B7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">en español </w:t>
       </w:r>
-      <w:r w:rsidRPr="7B26F94E" w:rsidR="001A15EF">
+      <w:r w:rsidR="001A15EF" w:rsidRPr="7B26F94E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>separadas por comas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004A1D29" w:rsidR="00305974" w:rsidP="00771AFA" w:rsidRDefault="00305974" w14:paraId="3D8A4856" w14:textId="77777777">
+    <w:p w14:paraId="3D8A4856" w14:textId="77777777" w:rsidR="00305974" w:rsidRPr="004A1D29" w:rsidRDefault="00305974" w:rsidP="00771AFA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00D121E8" w:rsidR="00A945C2" w:rsidP="00771AFA" w:rsidRDefault="00A945C2" w14:paraId="7D05D6EB" w14:textId="77777777">
+    <w:p w14:paraId="7D05D6EB" w14:textId="77777777" w:rsidR="00A945C2" w:rsidRPr="00D121E8" w:rsidRDefault="00A945C2" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D121E8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Abstract</w:t>
-[...7 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Abstract:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004A1D29" w:rsidR="00497AEF" w:rsidP="00497AEF" w:rsidRDefault="00497AEF" w14:paraId="16A51B37" w14:textId="557EAD59">
+    <w:p w14:paraId="16A51B37" w14:textId="76EA40CC" w:rsidR="00497AEF" w:rsidRPr="004A1D29" w:rsidRDefault="00497AEF" w:rsidP="00497AEF">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1BD6C364">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>El resumen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E4559">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">en inglés </w:t>
       </w:r>
       <w:r w:rsidRPr="1BD6C364">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">contará con un </w:t>
       </w:r>
+      <w:r w:rsidR="00F953A8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>máximo</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">mínimo de 150 palabras y un </w:t>
-[...5 lines deleted...]
-        <w:t>máximo de 200 palabras</w:t>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:r w:rsidR="006A3576">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>200</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> y deberá redactarse en un único párrafo. Además, seguirá, sin incluir encabezados, el siguiente esquema: introducción, objetivos, metodología, resultados y conclusiones.</w:t>
+        <w:t xml:space="preserve"> palabras y </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3BF8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>se</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3BF8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>redactará</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en un único párrafo. Además, seguirá, sin incluir encabezados, el siguiente esquema: introducción, objetivos, metodología, resultados y conclusiones.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D121E8" w:rsidR="00305974" w:rsidP="00771AFA" w:rsidRDefault="00A945C2" w14:paraId="4344BE1A" w14:textId="490356DF">
+    <w:p w14:paraId="4344BE1A" w14:textId="490356DF" w:rsidR="00305974" w:rsidRPr="00D121E8" w:rsidRDefault="00A945C2" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="232AD946">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Key</w:t>
       </w:r>
-      <w:r w:rsidRPr="232AD946" w:rsidR="6323E81C">
+      <w:r w:rsidR="6323E81C" w:rsidRPr="232AD946">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidRPr="232AD946">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>ords</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005F49A2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="7B26F94E" w:rsidR="005F49A2">
+      <w:r w:rsidR="005F49A2" w:rsidRPr="7B26F94E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Incluir cuatro palabras clave </w:t>
       </w:r>
       <w:r w:rsidR="007D58B7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">en inglés </w:t>
       </w:r>
-      <w:r w:rsidRPr="7B26F94E" w:rsidR="005F49A2">
+      <w:r w:rsidR="005F49A2" w:rsidRPr="7B26F94E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>separadas por comas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D121E8" w:rsidR="00EE6458" w:rsidRDefault="00EE6458" w14:paraId="3F3DC68F" w14:textId="77777777">
+    <w:p w14:paraId="3F3DC68F" w14:textId="77777777" w:rsidR="00EE6458" w:rsidRPr="00D121E8" w:rsidRDefault="00EE6458">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D121E8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004A1D29" w:rsidR="00AF3498" w:rsidP="00271A82" w:rsidRDefault="00AF3498" w14:paraId="3FF730FE" w14:textId="4AC7B895">
+    <w:p w14:paraId="3FF730FE" w14:textId="4AC7B895" w:rsidR="00AF3498" w:rsidRPr="004A1D29" w:rsidRDefault="00AF3498" w:rsidP="00271A82">
       <w:pPr>
         <w:pStyle w:val="APARTADOPRINCIPAL"/>
       </w:pPr>
       <w:r w:rsidRPr="00A32FF8">
         <w:lastRenderedPageBreak/>
         <w:t>INTRODUCCIÓN</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E69A9" w:rsidP="001974AB" w:rsidRDefault="002F2AA7" w14:paraId="13BF717A" w14:textId="01A821C1">
+    <w:p w14:paraId="13BF717A" w14:textId="01A821C1" w:rsidR="006E69A9" w:rsidRDefault="002F2AA7" w:rsidP="001974AB">
       <w:r>
         <w:t>Todos los párrafos</w:t>
       </w:r>
       <w:r w:rsidR="00EE6458">
         <w:t xml:space="preserve"> presentan una sangría de 1</w:t>
       </w:r>
       <w:r w:rsidR="00414079">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00EE6458">
         <w:t>25</w:t>
       </w:r>
       <w:r w:rsidR="006E69A9">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00342485">
         <w:t xml:space="preserve">En este apartado se </w:t>
       </w:r>
       <w:r>
         <w:t>establece el marco teórico de la propuesta.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005D6B39" w:rsidR="005D6B39" w:rsidP="005D6B39" w:rsidRDefault="005D6B39" w14:paraId="17D695FB" w14:textId="65F60E1E">
+    <w:p w14:paraId="17D695FB" w14:textId="65F60E1E" w:rsidR="005D6B39" w:rsidRPr="005D6B39" w:rsidRDefault="005D6B39" w:rsidP="005D6B39">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="232AD946">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
-[...419 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CA3240" w:rsidR="0CC4E609" w:rsidP="232AD946" w:rsidRDefault="0CC4E609" w14:paraId="60DE96BD" w14:textId="0B6F2B4F">
+    <w:p w14:paraId="60DE96BD" w14:textId="0B6F2B4F" w:rsidR="0CC4E609" w:rsidRPr="00CA3240" w:rsidRDefault="0CC4E609" w:rsidP="232AD946">
       <w:pPr>
         <w:pStyle w:val="APARTADOPRINCIPAL"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA3240">
         <w:t>OBJETIVO</w:t>
       </w:r>
       <w:r w:rsidR="00CA3240">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3240">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00CA3240">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="496E6497" w:rsidRDefault="10B3ADDB" w14:paraId="6CCF95F6" w14:textId="40A68334">
+    <w:p w14:paraId="6CCF95F6" w14:textId="40A68334" w:rsidR="496E6497" w:rsidRDefault="10B3ADDB">
       <w:r w:rsidRPr="2532ED8F">
         <w:t>Puede</w:t>
       </w:r>
       <w:r w:rsidR="00CA3240">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="2532ED8F">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00CA3240">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="2532ED8F">
         <w:t xml:space="preserve"> incluirse tanto</w:t>
       </w:r>
       <w:r w:rsidR="00CB3B6B">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="2532ED8F">
         <w:t xml:space="preserve"> objetivo(s) principal(es) como objetivo(s) secundario(s). Los objetivos </w:t>
       </w:r>
-      <w:r w:rsidRPr="2532ED8F" w:rsidR="1B425262">
+      <w:r w:rsidR="1B425262" w:rsidRPr="2532ED8F">
         <w:t>secundarios</w:t>
       </w:r>
       <w:r w:rsidRPr="2532ED8F">
         <w:t xml:space="preserve"> pueden incluirse </w:t>
       </w:r>
-      <w:r w:rsidRPr="2532ED8F" w:rsidR="5C3A94A3">
+      <w:r w:rsidR="5C3A94A3" w:rsidRPr="2532ED8F">
         <w:t xml:space="preserve">de manera </w:t>
       </w:r>
-      <w:r w:rsidRPr="2532ED8F" w:rsidR="00CA3240">
+      <w:r w:rsidR="00CA3240" w:rsidRPr="2532ED8F">
         <w:t>esquemática</w:t>
       </w:r>
-      <w:r w:rsidRPr="2532ED8F" w:rsidR="5C3A94A3">
+      <w:r w:rsidR="5C3A94A3" w:rsidRPr="2532ED8F">
         <w:t xml:space="preserve"> utilizando el siguiente formato:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="496E6497" w:rsidP="00CA3240" w:rsidRDefault="1F335A11" w14:paraId="7E4EE9B6" w14:textId="3E42F4BB">
+    <w:p w14:paraId="7E4EE9B6" w14:textId="3E42F4BB" w:rsidR="496E6497" w:rsidRDefault="1F335A11" w:rsidP="00CA3240">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2532ED8F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
-[...27 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Lorem ipsum dolor sit amet.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA3240" w:rsidP="00CA3240" w:rsidRDefault="1F335A11" w14:paraId="3C200A70" w14:textId="77777777">
+    <w:p w14:paraId="3C200A70" w14:textId="77777777" w:rsidR="00CA3240" w:rsidRDefault="1F335A11" w:rsidP="00CA3240">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2532ED8F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
-[...27 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Lorem ipsum dolor sit amet.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CA3240" w:rsidR="00CA3240" w:rsidP="00CA3240" w:rsidRDefault="00CA3240" w14:paraId="4C8656B4" w14:textId="1767461E">
+    <w:p w14:paraId="4C8656B4" w14:textId="1767461E" w:rsidR="00CA3240" w:rsidRPr="00CA3240" w:rsidRDefault="00CA3240" w:rsidP="00CA3240">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2532ED8F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="2532ED8F">
+        <w:t>Lorem ipsum dolor sit amet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15EB2E3F" w14:textId="4C8ECFA2" w:rsidR="496E6497" w:rsidRDefault="00CA3240" w:rsidP="00CA3240">
+      <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>sit</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="2532ED8F">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="2532ED8F">
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>amet</w:t>
-[...6 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>orem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="496E6497" w:rsidP="00CA3240" w:rsidRDefault="00CA3240" w14:paraId="15EB2E3F" w14:textId="4C8ECFA2">
-[...438 lines deleted...]
-    <w:p w:rsidRPr="00634F81" w:rsidR="00AF3498" w:rsidP="00271A82" w:rsidRDefault="0CC4E609" w14:paraId="32710B92" w14:textId="6ABE583E">
+    <w:p w14:paraId="32710B92" w14:textId="6ABE583E" w:rsidR="00AF3498" w:rsidRPr="00634F81" w:rsidRDefault="0CC4E609" w:rsidP="00271A82">
       <w:pPr>
         <w:pStyle w:val="APARTADOPRINCIPAL"/>
       </w:pPr>
       <w:r>
         <w:t>METODOLOGÍA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00305974" w:rsidP="232AD946" w:rsidRDefault="0CC4E609" w14:paraId="158F9BF7" w14:textId="5FED65F1">
+    <w:p w14:paraId="158F9BF7" w14:textId="5FED65F1" w:rsidR="00305974" w:rsidRDefault="0CC4E609" w:rsidP="232AD946">
       <w:pPr>
         <w:pStyle w:val="SubApartadonivel1"/>
       </w:pPr>
       <w:r>
         <w:t>Título del subapartado 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00305974" w:rsidP="232AD946" w:rsidRDefault="00305974" w14:paraId="35D5A6FF" w14:textId="0F52DF82">
+    <w:p w14:paraId="35D5A6FF" w14:textId="0F52DF82" w:rsidR="00305974" w:rsidRDefault="00305974" w:rsidP="232AD946">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">En </w:t>
       </w:r>
       <w:r w:rsidR="00EE6458">
         <w:t>este apartado se describe la experiencia de innovación que se presenta</w:t>
       </w:r>
       <w:r w:rsidR="00CA3240">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="41EA27F1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="30D4BA1E">
         <w:t>incluyendo la siguiente información: participantes, diseño y variables, procedimiento</w:t>
       </w:r>
       <w:r w:rsidR="00CA3240">
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
       <w:r w:rsidR="30D4BA1E">
         <w:t>análisis de datos</w:t>
       </w:r>
       <w:r w:rsidR="00CA3240">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005D6B39" w:rsidR="008128A6" w:rsidP="00D1721B" w:rsidRDefault="008128A6" w14:paraId="67E20B20" w14:textId="77777777">
+    <w:p w14:paraId="67E20B20" w14:textId="77777777" w:rsidR="008128A6" w:rsidRPr="005D6B39" w:rsidRDefault="008128A6" w:rsidP="00D1721B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="232AD946">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
-[...419 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004A1D29" w:rsidR="00AF3498" w:rsidP="00271A82" w:rsidRDefault="00AF3498" w14:paraId="29AE0ABF" w14:textId="2B28D1A1">
+    <w:p w14:paraId="29AE0ABF" w14:textId="2B28D1A1" w:rsidR="00AF3498" w:rsidRPr="004A1D29" w:rsidRDefault="00AF3498" w:rsidP="00271A82">
       <w:pPr>
         <w:pStyle w:val="APARTADOPRINCIPAL"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk534705458" w:id="1"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk534705458"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00A32FF8">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:iCs w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>RESULTADOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00365013" w:rsidR="00B04A50" w:rsidP="007F1792" w:rsidRDefault="00B04A50" w14:paraId="14DEFDEF" w14:textId="71423EA0">
+    <w:p w14:paraId="14DEFDEF" w14:textId="71423EA0" w:rsidR="00B04A50" w:rsidRPr="00365013" w:rsidRDefault="00B04A50" w:rsidP="007F1792">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="30806113">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">En este apartado se incluyen los resultados obtenidos con la </w:t>
       </w:r>
-      <w:r w:rsidRPr="00495F4C" w:rsidR="00495F4C">
+      <w:r w:rsidR="00495F4C" w:rsidRPr="00495F4C">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>experiencia de innovación</w:t>
       </w:r>
-      <w:r w:rsidRPr="30806113" w:rsidR="006605F7">
+      <w:r w:rsidR="006605F7" w:rsidRPr="30806113">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. No confundir resultados de la propuesta con evaluación de la satisfacción </w:t>
       </w:r>
-      <w:r w:rsidRPr="30806113" w:rsidR="00CC76BF">
+      <w:r w:rsidR="00CC76BF" w:rsidRPr="30806113">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de los </w:t>
       </w:r>
       <w:r w:rsidR="00CA3240">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>participantes</w:t>
       </w:r>
-      <w:r w:rsidRPr="30806113" w:rsidR="00CC76BF">
+      <w:r w:rsidR="00CC76BF" w:rsidRPr="30806113">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA3240">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r w:rsidRPr="30806113" w:rsidR="00CC76BF">
+      <w:r w:rsidR="00CC76BF" w:rsidRPr="30806113">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> la propuesta. También se puede incluir la evaluación de dicha satisfacción</w:t>
       </w:r>
-      <w:r w:rsidRPr="30806113" w:rsidR="19B396FF">
+      <w:r w:rsidR="19B396FF" w:rsidRPr="30806113">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="30806113" w:rsidR="00CC76BF">
+      <w:r w:rsidR="00CC76BF" w:rsidRPr="30806113">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pero no es el único dato que </w:t>
       </w:r>
-      <w:r w:rsidRPr="30806113" w:rsidR="001E2D7C">
+      <w:r w:rsidR="001E2D7C" w:rsidRPr="30806113">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>hará referencia a los resultados de la innovación.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D6B39" w:rsidP="007F1792" w:rsidRDefault="00B04A50" w14:paraId="5E4D9F8A" w14:textId="2BB7F22A">
+    <w:p w14:paraId="5E4D9F8A" w14:textId="2BB7F22A" w:rsidR="005D6B39" w:rsidRDefault="00B04A50" w:rsidP="007F1792">
       <w:r w:rsidRPr="00365013">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Si fuera necesario establecer subapartados, se redactar</w:t>
       </w:r>
       <w:r w:rsidR="00CA3240">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>á</w:t>
       </w:r>
       <w:r w:rsidRPr="00365013">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>n del mismo modo que en casos anteriores.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D6B39" w:rsidP="007F1792" w:rsidRDefault="005D6B39" w14:paraId="18CAB7C8" w14:textId="19D376FB">
+    <w:p w14:paraId="18CAB7C8" w14:textId="19D376FB" w:rsidR="005D6B39" w:rsidRDefault="005D6B39" w:rsidP="007F1792">
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>En caso de incorporar una tabla se hará del modo que se expresa a continuación</w:t>
       </w:r>
       <w:r w:rsidR="00CA3240">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004A1D29" w:rsidR="005D6B39" w:rsidP="007F1792" w:rsidRDefault="005D6B39" w14:paraId="33F9245D" w14:textId="54BED405">
+    <w:p w14:paraId="33F9245D" w14:textId="54BED405" w:rsidR="005D6B39" w:rsidRPr="004A1D29" w:rsidRDefault="005D6B39" w:rsidP="007F1792">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1BD6C364">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">En la </w:t>
       </w:r>
-      <w:r w:rsidRPr="1BD6C364" w:rsidR="0CBF7B67">
+      <w:r w:rsidR="0CBF7B67" w:rsidRPr="1BD6C364">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="1BD6C364">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">abla 1 se indica </w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>abla 1 se indica xxxxxxxx.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C94850" w:rsidR="00C94850" w:rsidP="00CA3240" w:rsidRDefault="005D6B39" w14:paraId="6918749B" w14:textId="77777777">
+    <w:p w14:paraId="6918749B" w14:textId="77777777" w:rsidR="00C94850" w:rsidRPr="00C94850" w:rsidRDefault="005D6B39" w:rsidP="00CA3240">
       <w:pPr>
         <w:pStyle w:val="TtuloTabla"/>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94850">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Tabla 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C94850" w:rsidR="005D6B39" w:rsidP="00C94850" w:rsidRDefault="005D6B39" w14:paraId="77F4D0CF" w14:textId="7A534F5C">
+    <w:p w14:paraId="77F4D0CF" w14:textId="7A534F5C" w:rsidR="005D6B39" w:rsidRPr="00C94850" w:rsidRDefault="005D6B39" w:rsidP="00C94850">
       <w:pPr>
         <w:pStyle w:val="TtuloTabla"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94850">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Título de la tabla</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablanormal2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1382"/>
         <w:gridCol w:w="1471"/>
         <w:gridCol w:w="1471"/>
         <w:gridCol w:w="1471"/>
         <w:gridCol w:w="2710"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F635DD" w:rsidTr="00C94850" w14:paraId="50BEBA6F" w14:textId="77777777">
+      <w:tr w:rsidR="00F635DD" w14:paraId="50BEBA6F" w14:textId="77777777" w:rsidTr="00C94850">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="812" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="3FC1C99F" w14:textId="77777777">
+          <w:p w14:paraId="3FC1C99F" w14:textId="77777777" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F635DD" w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="0860B527" w14:textId="0756BCE4">
+          <w:p w14:paraId="0860B527" w14:textId="0756BCE4" w:rsidR="00F635DD" w:rsidRPr="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F635DD">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">En </w:t>
+              <w:t>En negrita</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F635DD" w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="01124B39" w14:textId="25991D45">
+          <w:p w14:paraId="01124B39" w14:textId="25991D45" w:rsidR="00F635DD" w:rsidRPr="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F635DD">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">En </w:t>
+              <w:t>En negrita</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F635DD" w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="35DC8A12" w14:textId="7E049A82">
+          <w:p w14:paraId="35DC8A12" w14:textId="7E049A82" w:rsidR="00F635DD" w:rsidRPr="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F635DD">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">En </w:t>
+              <w:t>En negrita</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F635DD" w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="68A9AF80" w14:textId="11A86125">
+          <w:p w14:paraId="68A9AF80" w14:textId="11A86125" w:rsidR="00F635DD" w:rsidRPr="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F635DD">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">En </w:t>
+              <w:t>En negrita</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F635DD" w:rsidTr="00C94850" w14:paraId="7B7D63D7" w14:textId="77777777">
+      <w:tr w:rsidR="00F635DD" w14:paraId="7B7D63D7" w14:textId="77777777" w:rsidTr="00C94850">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="812" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="4003149B" w14:textId="4B311218">
+          <w:p w14:paraId="4003149B" w14:textId="4B311218" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sin </w:t>
+              <w:t>Sin negrita</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="513A67CF" w14:textId="77777777">
+          <w:p w14:paraId="513A67CF" w14:textId="77777777" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="48AD4072" w14:textId="77777777">
+          <w:p w14:paraId="48AD4072" w14:textId="77777777" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="398E43DC" w14:textId="77777777">
+          <w:p w14:paraId="398E43DC" w14:textId="77777777" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="21CE1EB9" w14:textId="77777777">
+          <w:p w14:paraId="21CE1EB9" w14:textId="77777777" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F635DD" w:rsidTr="00C94850" w14:paraId="175CE5F3" w14:textId="77777777">
+      <w:tr w:rsidR="00F635DD" w14:paraId="175CE5F3" w14:textId="77777777" w:rsidTr="00C94850">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="812" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="146C17A2" w14:textId="348FF72A">
+          <w:p w14:paraId="146C17A2" w14:textId="348FF72A" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sin </w:t>
+              <w:t>Sin negrita</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="11D36451" w14:textId="77777777">
+          <w:p w14:paraId="11D36451" w14:textId="77777777" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="75BC2F52" w14:textId="77777777">
+          <w:p w14:paraId="75BC2F52" w14:textId="77777777" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="4F7049F5" w14:textId="77777777">
+          <w:p w14:paraId="4F7049F5" w14:textId="77777777" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="21D22EDF" w14:textId="77777777">
+          <w:p w14:paraId="21D22EDF" w14:textId="77777777" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F635DD" w:rsidTr="00C94850" w14:paraId="675D3C70" w14:textId="77777777">
+      <w:tr w:rsidR="00F635DD" w14:paraId="675D3C70" w14:textId="77777777" w:rsidTr="00C94850">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="812" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="61EE52F3" w14:textId="1209D4F0">
+          <w:p w14:paraId="61EE52F3" w14:textId="1209D4F0" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sin </w:t>
+              <w:t>Sin negrita</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="0EF10C8C" w14:textId="77777777">
+          <w:p w14:paraId="0EF10C8C" w14:textId="77777777" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="507B0949" w14:textId="77777777">
+          <w:p w14:paraId="507B0949" w14:textId="77777777" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="1B2018BA" w14:textId="77777777">
+          <w:p w14:paraId="1B2018BA" w14:textId="77777777" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F635DD" w:rsidP="00601102" w:rsidRDefault="00F635DD" w14:paraId="39615DEE" w14:textId="77777777">
+          <w:p w14:paraId="39615DEE" w14:textId="77777777" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="007B043D" w:rsidR="00537081" w:rsidP="00601102" w:rsidRDefault="00C94850" w14:paraId="3BDF7219" w14:textId="08AA54EB">
+    <w:p w14:paraId="3BDF7219" w14:textId="08AA54EB" w:rsidR="00537081" w:rsidRPr="007B043D" w:rsidRDefault="00C94850" w:rsidP="00601102">
       <w:pPr>
         <w:pStyle w:val="PiedeTabla"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C94850">
         <w:rPr>
           <w:i/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>Nota</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. </w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>. Xxx.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C9252D" w:rsidP="00C9252D" w:rsidRDefault="00C9252D" w14:paraId="7A1643D1" w14:textId="7983DCA6">
+    <w:p w14:paraId="7A1643D1" w14:textId="7983DCA6" w:rsidR="00C9252D" w:rsidRDefault="00C9252D" w:rsidP="00C9252D">
       <w:r>
         <w:t>En caso de incorporar una figura</w:t>
       </w:r>
       <w:r w:rsidR="00CA3240">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> se hará del modo que se expresa a continuación</w:t>
       </w:r>
       <w:r w:rsidR="00CA3240">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003239B6" w:rsidP="00CA3240" w:rsidRDefault="00582D9E" w14:paraId="07596C13" w14:textId="16EDD8B4">
+    <w:p w14:paraId="07596C13" w14:textId="16EDD8B4" w:rsidR="003239B6" w:rsidRDefault="00582D9E" w:rsidP="00CA3240">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7ABAA531">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">En la </w:t>
       </w:r>
-      <w:r w:rsidRPr="7ABAA531" w:rsidR="5A82E5CC">
+      <w:r w:rsidR="5A82E5CC" w:rsidRPr="7ABAA531">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="7ABAA531">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">igura 1 se muestra </w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>igura 1 se muestra xxxxxxxx.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C94850" w:rsidR="00C94850" w:rsidP="00C94850" w:rsidRDefault="00C94850" w14:paraId="35E5E81D" w14:textId="34AEDC35">
+    <w:p w14:paraId="35E5E81D" w14:textId="34AEDC35" w:rsidR="00C94850" w:rsidRPr="00C94850" w:rsidRDefault="00C94850" w:rsidP="00C94850">
       <w:pPr>
         <w:pStyle w:val="TtuloTabla"/>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Figura</w:t>
       </w:r>
       <w:r w:rsidRPr="00C94850">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C94850" w:rsidR="00C94850" w:rsidP="00C94850" w:rsidRDefault="00C94850" w14:paraId="50067D5F" w14:textId="5B891F85">
+    <w:p w14:paraId="50067D5F" w14:textId="5B891F85" w:rsidR="00C94850" w:rsidRPr="00C94850" w:rsidRDefault="00C94850" w:rsidP="00C94850">
       <w:pPr>
         <w:pStyle w:val="TtuloTabla"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94850">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Título de la </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>figura</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E76AE" w:rsidP="00732183" w:rsidRDefault="00317DDE" w14:paraId="4BB3D9A9" w14:textId="73F9AAC3">
+    <w:p w14:paraId="4BB3D9A9" w14:textId="73F9AAC3" w:rsidR="008E76AE" w:rsidRDefault="00317DDE" w:rsidP="00732183">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C1902AF" wp14:editId="4D3D92B9">
             <wp:extent cx="3587157" cy="2592000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1382853194" name="Imagen 1" descr="Gráfico, Gráfico de barras&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1382853194" name="Imagen 1" descr="Gráfico, Gráfico de barras&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId12"/>
+                    <a:blip r:embed="rId8"/>
                     <a:srcRect l="18903" t="2680" r="18277" b="29232"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3610862" cy="2609129"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007B043D" w:rsidR="00C94850" w:rsidP="00C94850" w:rsidRDefault="00C94850" w14:paraId="13B59B7A" w14:textId="77777777">
+    <w:p w14:paraId="13B59B7A" w14:textId="77777777" w:rsidR="00C94850" w:rsidRPr="007B1D26" w:rsidRDefault="00C94850" w:rsidP="00C94850">
       <w:pPr>
         <w:pStyle w:val="PiedeTabla"/>
         <w:ind w:firstLine="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C94850">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B1D26">
         <w:rPr>
           <w:i/>
           <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Nota</w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="007B1D26">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. Xxx.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005D6B39" w:rsidR="00B04A50" w:rsidP="00CA3240" w:rsidRDefault="005D6B39" w14:paraId="2B0D9474" w14:textId="096F125A">
+    <w:p w14:paraId="2B0D9474" w14:textId="096F125A" w:rsidR="00B04A50" w:rsidRPr="005D6B39" w:rsidRDefault="005D6B39" w:rsidP="00CA3240">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="232AD946">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="353EAAE0" w14:textId="2497527F" w:rsidR="22CA41EC" w:rsidRDefault="22CA41EC" w:rsidP="232AD946">
+      <w:pPr>
+        <w:pStyle w:val="APARTADOPRINCIPAL"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="232AD946">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>amet</w:t>
-[...398 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>DISCUSIÓN</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="22CA41EC" w:rsidP="232AD946" w:rsidRDefault="22CA41EC" w14:paraId="353EAAE0" w14:textId="2497527F">
-[...13 lines deleted...]
-    <w:p w:rsidRPr="00633A8B" w:rsidR="63B2CF21" w:rsidP="00633A8B" w:rsidRDefault="00E0294C" w14:paraId="10AE4E62" w14:textId="04B39650">
+    <w:p w14:paraId="10AE4E62" w14:textId="04B39650" w:rsidR="63B2CF21" w:rsidRPr="00633A8B" w:rsidRDefault="00E0294C" w:rsidP="00633A8B">
       <w:r w:rsidRPr="00633A8B">
         <w:t>Este apartado comienza con el hallazgo principal de</w:t>
       </w:r>
       <w:r w:rsidR="00495F4C">
         <w:t xml:space="preserve"> la </w:t>
       </w:r>
-      <w:r w:rsidRPr="00495F4C" w:rsidR="00495F4C">
+      <w:r w:rsidR="00495F4C" w:rsidRPr="00495F4C">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>experiencia de innovación</w:t>
       </w:r>
-      <w:r w:rsidRPr="00633A8B" w:rsidR="00495F4C">
+      <w:r w:rsidR="00495F4C" w:rsidRPr="00633A8B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00633A8B">
         <w:t>y, a continuación, se discuten los resultados obtenidos, incluyendo limitaciones</w:t>
       </w:r>
-      <w:r w:rsidRPr="00633A8B" w:rsidR="00E11A59">
+      <w:r w:rsidR="00E11A59" w:rsidRPr="00633A8B">
         <w:t xml:space="preserve"> y futuras líneas de innovación/investigación</w:t>
       </w:r>
-      <w:r w:rsidRPr="00633A8B" w:rsidR="1285B99E">
+      <w:r w:rsidR="1285B99E" w:rsidRPr="00633A8B">
         <w:t>, a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00633A8B" w:rsidR="7F26A902">
+      <w:r w:rsidR="7F26A902" w:rsidRPr="00633A8B">
         <w:t>sí como</w:t>
       </w:r>
-      <w:r w:rsidRPr="00633A8B" w:rsidR="6E692899">
+      <w:r w:rsidR="6E692899" w:rsidRPr="00633A8B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00633A8B" w:rsidR="27CF50C8">
+      <w:r w:rsidR="27CF50C8" w:rsidRPr="00633A8B">
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidRPr="00633A8B" w:rsidR="4CB463BB">
+      <w:r w:rsidR="4CB463BB" w:rsidRPr="00633A8B">
         <w:t>uturas v</w:t>
       </w:r>
-      <w:r w:rsidRPr="00633A8B" w:rsidR="7C059BE2">
+      <w:r w:rsidR="7C059BE2" w:rsidRPr="00633A8B">
         <w:t>ías de mejora.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="63B2CF21" w:rsidP="232AD946" w:rsidRDefault="63B2CF21" w14:paraId="0B43AAAA" w14:textId="0DB28D46">
+    <w:p w14:paraId="0B43AAAA" w14:textId="0DB28D46" w:rsidR="63B2CF21" w:rsidRDefault="63B2CF21" w:rsidP="232AD946">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="232AD946">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
-[...279 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005D6B39" w:rsidR="00AF3498" w:rsidP="00271A82" w:rsidRDefault="00AF3498" w14:paraId="4304EDD9" w14:textId="357ED308">
+    <w:p w14:paraId="4304EDD9" w14:textId="357ED308" w:rsidR="00AF3498" w:rsidRPr="005D6B39" w:rsidRDefault="00AF3498" w:rsidP="00271A82">
       <w:pPr>
         <w:pStyle w:val="APARTADOPRINCIPAL"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D6B39">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>CONCLUSIONES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004A1D29" w:rsidR="00B04A50" w:rsidP="00365013" w:rsidRDefault="00305974" w14:paraId="2F257127" w14:textId="4E03B549">
+    <w:p w14:paraId="2F257127" w14:textId="4E03B549" w:rsidR="00B04A50" w:rsidRPr="004A1D29" w:rsidRDefault="00305974" w:rsidP="00365013">
       <w:r>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00495F4C">
         <w:t xml:space="preserve">ste </w:t>
       </w:r>
       <w:r w:rsidR="00B04A50">
         <w:t>apartado recopila</w:t>
       </w:r>
       <w:r w:rsidR="00495F4C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B04A50">
         <w:t xml:space="preserve">los hallazgos fundamentales de la </w:t>
       </w:r>
-      <w:r w:rsidRPr="00495F4C" w:rsidR="00495F4C">
+      <w:r w:rsidR="00495F4C" w:rsidRPr="00495F4C">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>experiencia de innovación</w:t>
       </w:r>
       <w:r w:rsidR="00633A8B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7B597D74" w:rsidP="232AD946" w:rsidRDefault="7B597D74" w14:paraId="738EB850" w14:textId="0DB28D46">
+    <w:p w14:paraId="738EB850" w14:textId="0DB28D46" w:rsidR="7B597D74" w:rsidRDefault="7B597D74" w:rsidP="232AD946">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="232AD946">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
-[...279 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00271A82" w:rsidR="00AF3498" w:rsidP="00271A82" w:rsidRDefault="00AF3498" w14:paraId="2EFF826F" w14:textId="77777777">
+    <w:p w14:paraId="2EFF826F" w14:textId="77777777" w:rsidR="00AF3498" w:rsidRPr="00271A82" w:rsidRDefault="00AF3498" w:rsidP="00271A82">
       <w:pPr>
         <w:pStyle w:val="APARTADOPRINCIPAL"/>
       </w:pPr>
       <w:r>
         <w:t>REFERENCIAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C66ED6" w:rsidP="001C0CE4" w:rsidRDefault="00B04A50" w14:paraId="1B3BB052" w14:textId="503F3E04">
+    <w:p w14:paraId="1B3BB052" w14:textId="503F3E04" w:rsidR="00C66ED6" w:rsidRDefault="00B04A50" w:rsidP="001C0CE4">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Siguiendo</w:t>
       </w:r>
       <w:r w:rsidR="001C0CE4">
         <w:t xml:space="preserve"> el estilo para</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> las referencias </w:t>
       </w:r>
       <w:r w:rsidR="001C0CE4">
         <w:t xml:space="preserve">según </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APA </w:t>
       </w:r>
       <w:r w:rsidR="007B043D">
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:t>ª edición</w:t>
       </w:r>
@@ -4457,438 +2006,400 @@
       </w:r>
       <w:r w:rsidR="66981025">
         <w:t xml:space="preserve">caso que la publicación referenciada disponga de DOI, </w:t>
       </w:r>
       <w:r w:rsidR="04C3308B">
         <w:t xml:space="preserve">siempre </w:t>
       </w:r>
       <w:r w:rsidR="66981025">
         <w:t>debe incluirse</w:t>
       </w:r>
       <w:r w:rsidR="0036A635">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="66981025">
         <w:t xml:space="preserve"> en formato enlace (</w:t>
       </w:r>
       <w:r w:rsidR="27638991">
         <w:t>https://doi.org/</w:t>
       </w:r>
       <w:r w:rsidR="66981025">
         <w:t xml:space="preserve">...). </w:t>
       </w:r>
       <w:r w:rsidR="2FC84B8D">
         <w:t xml:space="preserve">En caso de incluir URL a la </w:t>
       </w:r>
-      <w:r w:rsidRPr="30806113" w:rsidR="2FC84B8D">
+      <w:r w:rsidR="2FC84B8D" w:rsidRPr="30806113">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>publicación referenciada</w:t>
       </w:r>
       <w:r w:rsidR="3E343FBB">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="37FF943A">
         <w:t xml:space="preserve">se debe utilizar un acortador de URL para homogeneizar el uso de enlaces (por ejemplo, </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId13">
-        <w:r w:rsidRPr="30806113" w:rsidR="497D3399">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="497D3399" w:rsidRPr="30806113">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>bit.ly</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="6B99501B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId14">
-[...1 lines deleted...]
-        <w:r w:rsidRPr="30806113" w:rsidR="1D918E2B">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="1D918E2B" w:rsidRPr="30806113">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>TinyURL</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="2936C598">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId15">
-        <w:r w:rsidRPr="30806113" w:rsidR="2936C598">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="2936C598" w:rsidRPr="30806113">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>n9</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="2936C598">
         <w:t xml:space="preserve"> o </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId16">
-[...1 lines deleted...]
-        <w:r w:rsidRPr="30806113" w:rsidR="7B7BC200">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="7B7BC200" w:rsidRPr="30806113">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>ShortURL</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="7B7BC200">
         <w:t>). S</w:t>
       </w:r>
       <w:r w:rsidR="001C0CE4">
         <w:t>e muestran a</w:t>
       </w:r>
       <w:r>
         <w:t>lgunos</w:t>
       </w:r>
       <w:r w:rsidR="001C0CE4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ejemplos a continuación</w:t>
       </w:r>
       <w:r w:rsidR="31A10B68">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004A1D29" w:rsidR="001C0CE4" w:rsidP="00601102" w:rsidRDefault="001C0CE4" w14:paraId="2724B9FB" w14:textId="77777777">
+    <w:p w14:paraId="2724B9FB" w14:textId="77777777" w:rsidR="001C0CE4" w:rsidRPr="004A1D29" w:rsidRDefault="001C0CE4" w:rsidP="00601102">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00B04A50" w:rsidR="00B04A50" w:rsidP="00365013" w:rsidRDefault="00B04A50" w14:paraId="5BE80504" w14:textId="5773F163">
+    <w:p w14:paraId="5BE80504" w14:textId="5773F163" w:rsidR="00B04A50" w:rsidRPr="00B04A50" w:rsidRDefault="00B04A50" w:rsidP="00365013">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00B04A50">
         <w:t xml:space="preserve">Cebrián, M. (coord.) (2003). </w:t>
       </w:r>
       <w:r w:rsidRPr="00B04A50">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Enseñanza virtual para la innovación universitaria</w:t>
       </w:r>
       <w:r w:rsidRPr="00B04A50">
         <w:t>. Narcea.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B04A50" w:rsidP="00365013" w:rsidRDefault="00B04A50" w14:paraId="6F155260" w14:textId="6B1B4F51">
+    <w:p w14:paraId="6F155260" w14:textId="6B1B4F51" w:rsidR="00B04A50" w:rsidRDefault="00B04A50" w:rsidP="00365013">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Esteves, D. (2018). Colaborar para innovar: </w:t>
       </w:r>
       <w:r w:rsidR="35CA7376">
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ontribuciones desde un caso portugués para rediseñar la noción de innovación educativa. </w:t>
       </w:r>
       <w:r w:rsidRPr="30806113">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Revista Educación, Política y Sociedad, 3</w:t>
       </w:r>
       <w:r w:rsidR="00C12E5A">
         <w:t xml:space="preserve">(1), 7-30. </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId17">
-        <w:r w:rsidRPr="30806113" w:rsidR="173D52E9">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="173D52E9" w:rsidRPr="30806113">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://doi.org/10.15366/reps2018.3.1.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00B04A50" w:rsidR="00B04A50" w:rsidP="00365013" w:rsidRDefault="00C12E5A" w14:paraId="20062A9B" w14:textId="2340670C">
+    <w:p w14:paraId="20062A9B" w14:textId="2340670C" w:rsidR="00B04A50" w:rsidRPr="00B04A50" w:rsidRDefault="00C12E5A" w:rsidP="00365013">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Fueyo</w:t>
-[...3 lines deleted...]
-        <w:t>, A., Rodríguez-Hoyos, C. y</w:t>
+        <w:t>Fueyo, A., Rodríguez-Hoyos, C. y</w:t>
       </w:r>
       <w:r w:rsidR="00B04A50">
         <w:t xml:space="preserve"> Linares, C. (2015) La innovación docente de la formación de los profesionales de la educación: </w:t>
       </w:r>
       <w:r w:rsidR="47261240">
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00B04A50">
         <w:t xml:space="preserve">l papel de la educación mediática. En </w:t>
       </w:r>
       <w:r w:rsidR="12C48C64">
         <w:t xml:space="preserve">J. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B04A50">
         <w:t>Ferrés</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="1769DDF0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B04A50">
         <w:t xml:space="preserve">y </w:t>
       </w:r>
       <w:r w:rsidR="1774D75C">
         <w:t xml:space="preserve">M. J. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B04A50">
         <w:t>Masanet</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="2BB13349">
         <w:t xml:space="preserve"> (Eds.),</w:t>
       </w:r>
       <w:r w:rsidR="00B04A50">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="30806113" w:rsidR="00B04A50">
+      <w:r w:rsidR="00B04A50" w:rsidRPr="30806113">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">La educación mediática en la universidad española </w:t>
       </w:r>
       <w:r w:rsidR="00B04A50">
         <w:t>(pp. 31-51)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B04A50">
         <w:t xml:space="preserve"> Gedisa.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E8578A" w:rsidR="00633A8B" w:rsidRDefault="00B04A50" w14:paraId="6E49CEB5" w14:textId="77777777">
+    <w:p w14:paraId="6E49CEB5" w14:textId="77777777" w:rsidR="00633A8B" w:rsidRPr="00E8578A" w:rsidRDefault="00B04A50">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>García-Peñalvo, F.</w:t>
       </w:r>
       <w:r w:rsidR="0092E7AA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">J. (2015). Mapa de tendencias en Innovación Educativa. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E8578A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>EKS, 16</w:t>
       </w:r>
       <w:r w:rsidRPr="00E8578A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 6-23. </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId18">
-        <w:r w:rsidRPr="00E8578A" w:rsidR="146EDBAA">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="146EDBAA" w:rsidRPr="00E8578A">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.14201/eks2015164623</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="68019798" w:rsidP="00633A8B" w:rsidRDefault="68019798" w14:paraId="451361F7" w14:textId="2ABEA196">
+    <w:p w14:paraId="451361F7" w14:textId="2ABEA196" w:rsidR="68019798" w:rsidRDefault="68019798" w:rsidP="00633A8B">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00E8578A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Green, B. P. (2018). Ethical reflections on artificial intelligence. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00633A8B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Scientia</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> et Fides, 6</w:t>
+        <w:t>Scientia et Fides, 6</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(2), 9-31. </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId19">
-        <w:r w:rsidRPr="30806113" w:rsidR="27F76875">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="27F76875" w:rsidRPr="30806113">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://tinyurl.com/vds4b3dt</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="439D87FC" w:rsidP="30806113" w:rsidRDefault="439D87FC" w14:paraId="75626889" w14:textId="0FDE3FB7">
+    <w:p w14:paraId="75626889" w14:textId="0FDE3FB7" w:rsidR="439D87FC" w:rsidRDefault="439D87FC" w:rsidP="30806113">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ley Orgánica 3/2020, de 29 de diciembre, por la que se modifica la Ley Orgánica 2/2006, de Educación. </w:t>
       </w:r>
       <w:r w:rsidRPr="00633A8B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Boletín Oficial del Estado</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, </w:t>
-[...9 lines deleted...]
-      <w:hyperlink w:history="1" r:id="rId20">
+        <w:t xml:space="preserve">, nº 340, de 30 de diciembre de 2020, 122868-122953. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="30806113">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://tinyurl.com/4kyw9bn2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00633A8B" w:rsidR="00AF3498" w:rsidP="00633A8B" w:rsidRDefault="00B04A50" w14:paraId="50B63A15" w14:textId="0AF68DB0">
+    <w:p w14:paraId="50B63A15" w14:textId="0AF68DB0" w:rsidR="00AF3498" w:rsidRPr="00633A8B" w:rsidRDefault="00B04A50" w:rsidP="00633A8B">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Salinas, J. (2004). Innovación docente y uso de las TIC en la enseñanza universitaria. </w:t>
       </w:r>
       <w:r w:rsidRPr="30806113">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Revista de Universidad y Sociedad del Conocimiento (RUSC), 1</w:t>
       </w:r>
       <w:r>
         <w:t>(1)</w:t>
       </w:r>
       <w:r w:rsidR="24B0EE08">
         <w:t>, 1-16.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId21">
-        <w:r w:rsidRPr="30806113" w:rsidR="4E486D89">
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="4E486D89" w:rsidRPr="30806113">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://doi.org/10.7238/rusc.v1i1.228</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidRPr="00633A8B" w:rsidR="00AF3498" w:rsidSect="000B2255">
-[...6 lines deleted...]
-      <w:pgSz w:w="11907" w:h="16783" w:orient="portrait" w:code="9"/>
+    <w:sectPr w:rsidR="00AF3498" w:rsidRPr="00633A8B" w:rsidSect="000B2255">
+      <w:headerReference w:type="even" r:id="rId18"/>
+      <w:headerReference w:type="default" r:id="rId19"/>
+      <w:footerReference w:type="even" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId21"/>
+      <w:headerReference w:type="first" r:id="rId22"/>
+      <w:footerReference w:type="first" r:id="rId23"/>
+      <w:pgSz w:w="11907" w:h="16783" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1701" w:bottom="1418" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004E6CAF" w:rsidP="00A945C2" w:rsidRDefault="004E6CAF" w14:paraId="6C64B0F6" w14:textId="77777777">
+    <w:p w14:paraId="03415D1A" w14:textId="77777777" w:rsidR="00203BAB" w:rsidRDefault="00203BAB" w:rsidP="00A945C2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004E6CAF" w:rsidP="00A945C2" w:rsidRDefault="004E6CAF" w14:paraId="20A2531A" w14:textId="77777777">
+    <w:p w14:paraId="1B187D05" w14:textId="77777777" w:rsidR="00203BAB" w:rsidRDefault="00203BAB" w:rsidP="00A945C2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -4907,464 +2418,666 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="A00002BF" w:usb1="68C7FCFB" w:usb2="00000010" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1262452740"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidRPr="00FC1682" w:rsidR="00B04A50" w:rsidP="000B2255" w:rsidRDefault="00B04A50" w14:paraId="6EC3ECB0" w14:textId="77777777">
+      <w:p w14:paraId="6EC3ECB0" w14:textId="77777777" w:rsidR="00B04A50" w:rsidRPr="00FC1682" w:rsidRDefault="00B04A50" w:rsidP="000B2255">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:pBdr>
-            <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+            <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           </w:pBdr>
           <w:tabs>
             <w:tab w:val="clear" w:pos="4252"/>
           </w:tabs>
           <w:ind w:firstLine="0"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00421FED">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2059198305"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00B04A50" w:rsidP="00771AFA" w:rsidRDefault="00B04A50" w14:paraId="585D8DFF" w14:textId="36356E15">
+      <w:p w14:paraId="585D8DFF" w14:textId="36356E15" w:rsidR="00B04A50" w:rsidRDefault="00B04A50" w:rsidP="00771AFA">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:pBdr>
-            <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+            <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           </w:pBdr>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00421FED">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1287646420"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidRPr="000B2255" w:rsidR="000B2255" w:rsidP="000B2255" w:rsidRDefault="000B2255" w14:paraId="729F0F21" w14:textId="55B44AAF">
+      <w:p w14:paraId="729F0F21" w14:textId="55B44AAF" w:rsidR="000B2255" w:rsidRPr="000B2255" w:rsidRDefault="000B2255" w:rsidP="000B2255">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:pBdr>
-            <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+            <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           </w:pBdr>
           <w:tabs>
             <w:tab w:val="clear" w:pos="4252"/>
           </w:tabs>
           <w:ind w:firstLine="0"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004E6CAF" w:rsidP="00A945C2" w:rsidRDefault="004E6CAF" w14:paraId="394A0DA5" w14:textId="77777777">
+    <w:p w14:paraId="5AB9FFBB" w14:textId="77777777" w:rsidR="00203BAB" w:rsidRDefault="00203BAB" w:rsidP="00A945C2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004E6CAF" w:rsidP="00A945C2" w:rsidRDefault="004E6CAF" w14:paraId="64CAED0D" w14:textId="77777777">
+    <w:p w14:paraId="57BA5F7D" w14:textId="77777777" w:rsidR="00203BAB" w:rsidRDefault="00203BAB" w:rsidP="00A945C2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w:rsidRPr="005F49A2" w:rsidR="00B04A50" w:rsidP="00771AFA" w:rsidRDefault="00B04A50" w14:paraId="2915BDC9" w14:textId="4BCD620C">
+    <w:p w14:paraId="2915BDC9" w14:textId="4BCD620C" w:rsidR="00B04A50" w:rsidRPr="005F49A2" w:rsidRDefault="00B04A50" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F49A2">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="005F49A2" w:rsidR="232AD946">
+      <w:r w:rsidR="232AD946" w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nombre de la institución</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F49A2" w:rsidR="232AD946">
+      <w:r w:rsidR="232AD946" w:rsidRPr="005F49A2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (País), correo electrónico</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F49A2" w:rsidR="005F49A2">
+      <w:r w:rsidR="005F49A2" w:rsidRPr="005F49A2">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="005F49A2" w:rsidR="232AD946">
+      <w:r w:rsidR="232AD946" w:rsidRPr="005F49A2">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>ORCID</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidRPr="005F49A2" w:rsidR="005F49A2" w:rsidP="00771AFA" w:rsidRDefault="00B04A50" w14:paraId="14EC3BEC" w14:textId="77777777">
+    <w:p w14:paraId="14EC3BEC" w14:textId="77777777" w:rsidR="005F49A2" w:rsidRPr="005F49A2" w:rsidRDefault="00B04A50" w:rsidP="00771AFA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F49A2">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="005F49A2" w:rsidR="232AD946">
+      <w:r w:rsidR="232AD946" w:rsidRPr="005F49A2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nombre de la institución (País), </w:t>
       </w:r>
-      <w:r w:rsidRPr="005F49A2" w:rsidR="005F49A2">
+      <w:r w:rsidR="005F49A2" w:rsidRPr="005F49A2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>correo electrónico</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F49A2" w:rsidR="005F49A2">
+      <w:r w:rsidR="005F49A2" w:rsidRPr="005F49A2">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>, ORCID</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A06D85" w:rsidR="00A06D85" w:rsidP="00771AFA" w:rsidRDefault="232AD946" w14:paraId="274EFEFB" w14:textId="70F1D421">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="274EFEFB" w14:textId="70F1D421" w:rsidR="00A06D85" w:rsidRDefault="232AD946" w:rsidP="007B1D26">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F49A2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="005F49A2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nombre de la institución (País), </w:t>
       </w:r>
-      <w:r w:rsidRPr="005F49A2" w:rsidR="005F49A2">
+      <w:r w:rsidR="005F49A2" w:rsidRPr="005F49A2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>correo electrónico</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F49A2" w:rsidR="005F49A2">
+      <w:r w:rsidR="005F49A2" w:rsidRPr="005F49A2">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>, ORCID</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35C4B319" w14:textId="5617A265" w:rsidR="00093C52" w:rsidRPr="001020A3" w:rsidRDefault="00093C52" w:rsidP="00093C52">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001020A3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Elegir entre una de las dos fórmulas </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F9A7502" w14:textId="22C68AB9" w:rsidR="007B1D26" w:rsidRDefault="007B1D26" w:rsidP="00093C52">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00093C52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>El presente artículo ha sido redactado en tercera persona del</w:t>
+      </w:r>
+      <w:r w:rsidR="00093C52" w:rsidRPr="00093C52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093C52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">singular o plural, utilizando el género </w:t>
+      </w:r>
+      <w:r w:rsidR="00093C52" w:rsidRPr="00093C52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093C52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>asculino como forma no</w:t>
+      </w:r>
+      <w:r w:rsidR="00093C52" w:rsidRPr="00093C52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093C52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>marcada o inclusiva, teniendo en cuenta al sexo masculino y femenino,</w:t>
+      </w:r>
+      <w:r w:rsidR="00093C52" w:rsidRPr="00093C52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093C52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>sin intención de mostrar un lenguaje sexista</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093C52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F42E405" w14:textId="77777777" w:rsidR="00093C52" w:rsidRPr="00093C52" w:rsidRDefault="00093C52" w:rsidP="00093C52">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35F34B92" w14:textId="53D4694A" w:rsidR="00093C52" w:rsidRPr="00093C52" w:rsidRDefault="00093C52" w:rsidP="00771AFA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00093C52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El presente artículo ha sido redactado en tercera </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093C52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>persona, utilizando de forma alterna los géneros femenino y masculino con valor genérico e inclusivo para referirse a personas de ambos sexos.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="00601102" w:rsidR="00B04A50" w:rsidP="00601102" w:rsidRDefault="00714C2D" w14:paraId="25C257DB" w14:textId="45AC8D35">
+  <w:p w14:paraId="25C257DB" w14:textId="45AC8D35" w:rsidR="00B04A50" w:rsidRPr="00601102" w:rsidRDefault="00714C2D" w:rsidP="00601102">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:pBdr>
-        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00714C2D">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Apellido(s), Inicial(es), Apellido(s), Inicial(s) y Apellido(s), Inicial(es)</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="00B04A50" w:rsidRDefault="00B04A50" w14:paraId="7577A6C9" w14:textId="77777777">
+  <w:p w14:paraId="7577A6C9" w14:textId="77777777" w:rsidR="00B04A50" w:rsidRDefault="00B04A50">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidRPr="00601102" w:rsidR="00B04A50" w:rsidP="00B772B6" w:rsidRDefault="00B04A50" w14:paraId="0A465480" w14:textId="77777777">
+  <w:p w14:paraId="0A465480" w14:textId="77777777" w:rsidR="00B04A50" w:rsidRPr="00601102" w:rsidRDefault="00B04A50" w:rsidP="00B772B6">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:pBdr>
-        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00601102">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Revista de Innovación y Buenas Prácticas Docentes</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00B04A50" w:rsidRDefault="00B04A50" w14:paraId="47246022" w14:textId="77777777">
+  <w:p w14:paraId="47246022" w14:textId="77777777" w:rsidR="00B04A50" w:rsidRDefault="00B04A50">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="00B04A50" w:rsidP="00771AFA" w:rsidRDefault="00B04A50" w14:paraId="398C9CFB" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="398C9CFB" w14:textId="77777777" w:rsidR="00B04A50" w:rsidRDefault="00B04A50" w:rsidP="00771AFA">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8504"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="444AA358" wp14:editId="268F367E">
           <wp:extent cx="5400675" cy="1138555"/>
           <wp:effectExtent l="0" t="0" r="9525" b="4445"/>
           <wp:docPr id="1" name="Imagen 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Encabezado revista.jpg"/>
@@ -5715,248 +3428,248 @@
     <w:nsid w:val="0C05584D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9112D510"/>
     <w:lvl w:ilvl="0" w:tplc="6DEA0B86">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2283CB3A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A3CB12C"/>
     <w:lvl w:ilvl="0" w:tplc="8E782060">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1778" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="73E6C27A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2498" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="6DD60D82">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3218" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="90A4787A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3938" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="55A87AD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4658" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="10D665D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5378" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="AD040480">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6098" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="00260D10">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6818" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="74A67FD6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7538" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24B56321"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9CC546E"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6282,147 +3995,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33DB09CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7AB62B4C"/>
     <w:lvl w:ilvl="0" w:tplc="F3464E62">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Century Gothic" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BE63085"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4F447934"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="APARTADOPRINCIPAL"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="SubApartadonivel1"/>
       <w:lvlText w:val="%1.%2."/>
@@ -6486,51 +4199,51 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C33379"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E306D7D0"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="732" w:hanging="372"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -6664,147 +4377,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49101D2C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B6F2FEF2"/>
     <w:lvl w:ilvl="0" w:tplc="3A1EE27E">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Century Gothic" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DD66089"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="324C0658"/>
     <w:lvl w:ilvl="0" w:tplc="EC48235E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="732" w:hanging="372"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7127,147 +4840,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EF8709F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="81D2B7B8"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="727F54A7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5A049F9A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
@@ -7388,458 +5101,483 @@
   </w:num>
   <w:num w:numId="16" w16cid:durableId="389352471">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1944220038">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="71781466">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1014919393">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="187957600">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="808134444">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1449160212">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A945C2"/>
     <w:rsid w:val="000051FD"/>
     <w:rsid w:val="00017E4C"/>
     <w:rsid w:val="00042BBF"/>
     <w:rsid w:val="0005777A"/>
     <w:rsid w:val="0008069A"/>
     <w:rsid w:val="00084B48"/>
     <w:rsid w:val="000864CD"/>
+    <w:rsid w:val="00093C52"/>
+    <w:rsid w:val="000952E8"/>
     <w:rsid w:val="000968BA"/>
     <w:rsid w:val="000A561F"/>
     <w:rsid w:val="000B1081"/>
     <w:rsid w:val="000B2255"/>
     <w:rsid w:val="000C314D"/>
     <w:rsid w:val="000F0583"/>
     <w:rsid w:val="00100844"/>
+    <w:rsid w:val="001020A3"/>
     <w:rsid w:val="001050DC"/>
     <w:rsid w:val="001331DF"/>
     <w:rsid w:val="00147E70"/>
     <w:rsid w:val="0016372E"/>
     <w:rsid w:val="001673ED"/>
     <w:rsid w:val="00182FC6"/>
     <w:rsid w:val="00184785"/>
     <w:rsid w:val="001857A0"/>
     <w:rsid w:val="001951CC"/>
     <w:rsid w:val="001974AB"/>
     <w:rsid w:val="001A15EF"/>
     <w:rsid w:val="001A7EEA"/>
     <w:rsid w:val="001C0CE4"/>
     <w:rsid w:val="001D19F5"/>
     <w:rsid w:val="001E0AE1"/>
     <w:rsid w:val="001E2D7C"/>
     <w:rsid w:val="001F703B"/>
+    <w:rsid w:val="00203BAB"/>
     <w:rsid w:val="0020677F"/>
     <w:rsid w:val="00210974"/>
     <w:rsid w:val="0021618E"/>
     <w:rsid w:val="002200AE"/>
     <w:rsid w:val="00254541"/>
     <w:rsid w:val="00256660"/>
     <w:rsid w:val="00267BE8"/>
     <w:rsid w:val="00271A29"/>
     <w:rsid w:val="00271A82"/>
     <w:rsid w:val="0027749E"/>
     <w:rsid w:val="00280AD6"/>
     <w:rsid w:val="00285839"/>
     <w:rsid w:val="0029257D"/>
+    <w:rsid w:val="00296CB0"/>
     <w:rsid w:val="002B5498"/>
     <w:rsid w:val="002C0536"/>
     <w:rsid w:val="002C521F"/>
     <w:rsid w:val="002D16B0"/>
     <w:rsid w:val="002D28A9"/>
     <w:rsid w:val="002D29C7"/>
     <w:rsid w:val="002E1057"/>
     <w:rsid w:val="002E174B"/>
     <w:rsid w:val="002E44F8"/>
     <w:rsid w:val="002F2AA7"/>
     <w:rsid w:val="00305974"/>
     <w:rsid w:val="00306DBE"/>
     <w:rsid w:val="00317DDE"/>
+    <w:rsid w:val="00322831"/>
     <w:rsid w:val="00323751"/>
     <w:rsid w:val="003239B6"/>
     <w:rsid w:val="003257A9"/>
     <w:rsid w:val="003269E6"/>
     <w:rsid w:val="003415E2"/>
     <w:rsid w:val="00342485"/>
     <w:rsid w:val="00350426"/>
     <w:rsid w:val="0036369F"/>
     <w:rsid w:val="00365013"/>
     <w:rsid w:val="00365555"/>
     <w:rsid w:val="00365B7F"/>
     <w:rsid w:val="0036A635"/>
     <w:rsid w:val="00372727"/>
     <w:rsid w:val="00386C46"/>
     <w:rsid w:val="003B5AB0"/>
     <w:rsid w:val="003C6F23"/>
     <w:rsid w:val="003D4A54"/>
+    <w:rsid w:val="003F3384"/>
     <w:rsid w:val="00400032"/>
     <w:rsid w:val="0040463A"/>
     <w:rsid w:val="0041339D"/>
     <w:rsid w:val="00414079"/>
     <w:rsid w:val="00421FED"/>
     <w:rsid w:val="00431BBC"/>
     <w:rsid w:val="00436C89"/>
+    <w:rsid w:val="00445EEA"/>
+    <w:rsid w:val="004616B4"/>
     <w:rsid w:val="00467D12"/>
     <w:rsid w:val="00475080"/>
     <w:rsid w:val="00476118"/>
     <w:rsid w:val="00486C55"/>
     <w:rsid w:val="00495F4C"/>
     <w:rsid w:val="00496AD1"/>
     <w:rsid w:val="00497AEF"/>
     <w:rsid w:val="004A1D29"/>
     <w:rsid w:val="004A369D"/>
     <w:rsid w:val="004A7B2A"/>
     <w:rsid w:val="004B1C4C"/>
     <w:rsid w:val="004C3D71"/>
     <w:rsid w:val="004C6708"/>
     <w:rsid w:val="004E6CAF"/>
     <w:rsid w:val="005021C4"/>
     <w:rsid w:val="00512E5E"/>
     <w:rsid w:val="00537081"/>
     <w:rsid w:val="00537306"/>
     <w:rsid w:val="00561208"/>
     <w:rsid w:val="00575AEE"/>
     <w:rsid w:val="00582D9E"/>
     <w:rsid w:val="005A23FE"/>
     <w:rsid w:val="005B0A8D"/>
     <w:rsid w:val="005B0D76"/>
+    <w:rsid w:val="005C40C2"/>
     <w:rsid w:val="005D4B34"/>
     <w:rsid w:val="005D648F"/>
     <w:rsid w:val="005D6B39"/>
     <w:rsid w:val="005F49A2"/>
     <w:rsid w:val="00601102"/>
     <w:rsid w:val="006042F3"/>
     <w:rsid w:val="0061275D"/>
+    <w:rsid w:val="00617C7A"/>
     <w:rsid w:val="00633A8B"/>
     <w:rsid w:val="00634F81"/>
     <w:rsid w:val="006605F7"/>
     <w:rsid w:val="00665BFE"/>
+    <w:rsid w:val="006820B6"/>
     <w:rsid w:val="006958FA"/>
     <w:rsid w:val="00695A7A"/>
+    <w:rsid w:val="006A3576"/>
     <w:rsid w:val="006A440E"/>
     <w:rsid w:val="006E53A6"/>
     <w:rsid w:val="006E69A9"/>
     <w:rsid w:val="00714C2D"/>
+    <w:rsid w:val="00723241"/>
     <w:rsid w:val="00725090"/>
     <w:rsid w:val="00725D11"/>
     <w:rsid w:val="00732183"/>
     <w:rsid w:val="0075367E"/>
     <w:rsid w:val="00771AFA"/>
     <w:rsid w:val="00774F5A"/>
     <w:rsid w:val="007960B1"/>
     <w:rsid w:val="007A7EDC"/>
     <w:rsid w:val="007B043D"/>
+    <w:rsid w:val="007B1D26"/>
     <w:rsid w:val="007C51D8"/>
     <w:rsid w:val="007D34C3"/>
     <w:rsid w:val="007D58B7"/>
     <w:rsid w:val="007E015A"/>
+    <w:rsid w:val="007E5D01"/>
     <w:rsid w:val="007F1792"/>
     <w:rsid w:val="00811C35"/>
     <w:rsid w:val="008128A6"/>
     <w:rsid w:val="00814E34"/>
     <w:rsid w:val="008429AD"/>
     <w:rsid w:val="0084711A"/>
     <w:rsid w:val="00864AB7"/>
     <w:rsid w:val="00870D36"/>
     <w:rsid w:val="00882426"/>
     <w:rsid w:val="008A1FA3"/>
     <w:rsid w:val="008A3AFC"/>
     <w:rsid w:val="008B5E89"/>
     <w:rsid w:val="008D39B3"/>
     <w:rsid w:val="008E76AE"/>
     <w:rsid w:val="008F453E"/>
     <w:rsid w:val="00906282"/>
     <w:rsid w:val="0092E7AA"/>
     <w:rsid w:val="0093AB84"/>
     <w:rsid w:val="00953C21"/>
     <w:rsid w:val="009665D0"/>
     <w:rsid w:val="009743E4"/>
     <w:rsid w:val="009745B0"/>
     <w:rsid w:val="00990DDF"/>
     <w:rsid w:val="009A69F9"/>
     <w:rsid w:val="009A7AF1"/>
     <w:rsid w:val="009C15F3"/>
     <w:rsid w:val="009E4559"/>
     <w:rsid w:val="009E4672"/>
     <w:rsid w:val="00A06D85"/>
     <w:rsid w:val="00A32FF8"/>
     <w:rsid w:val="00A3778C"/>
     <w:rsid w:val="00A437E7"/>
     <w:rsid w:val="00A50CE9"/>
     <w:rsid w:val="00A7119B"/>
     <w:rsid w:val="00A71831"/>
     <w:rsid w:val="00A945C2"/>
+    <w:rsid w:val="00A95814"/>
     <w:rsid w:val="00AA173A"/>
     <w:rsid w:val="00AA732A"/>
     <w:rsid w:val="00AC2DB2"/>
     <w:rsid w:val="00AC5976"/>
     <w:rsid w:val="00AD5133"/>
     <w:rsid w:val="00AF3498"/>
     <w:rsid w:val="00AF719D"/>
     <w:rsid w:val="00B02AC0"/>
     <w:rsid w:val="00B042FE"/>
     <w:rsid w:val="00B04A50"/>
+    <w:rsid w:val="00B108D0"/>
     <w:rsid w:val="00B27A0A"/>
     <w:rsid w:val="00B41CC1"/>
     <w:rsid w:val="00B43CD7"/>
     <w:rsid w:val="00B57AEF"/>
     <w:rsid w:val="00B6374F"/>
     <w:rsid w:val="00B637DF"/>
     <w:rsid w:val="00B70FC1"/>
     <w:rsid w:val="00B754CF"/>
     <w:rsid w:val="00B772B6"/>
     <w:rsid w:val="00BA1775"/>
     <w:rsid w:val="00BB1A99"/>
     <w:rsid w:val="00BC13E5"/>
     <w:rsid w:val="00BE080F"/>
     <w:rsid w:val="00C12E5A"/>
     <w:rsid w:val="00C15BA7"/>
     <w:rsid w:val="00C24E57"/>
     <w:rsid w:val="00C34036"/>
+    <w:rsid w:val="00C41154"/>
     <w:rsid w:val="00C434A3"/>
     <w:rsid w:val="00C6409D"/>
     <w:rsid w:val="00C66ED6"/>
     <w:rsid w:val="00C7133F"/>
     <w:rsid w:val="00C71FD8"/>
     <w:rsid w:val="00C84403"/>
     <w:rsid w:val="00C91AF9"/>
     <w:rsid w:val="00C9252D"/>
     <w:rsid w:val="00C94850"/>
     <w:rsid w:val="00CA3240"/>
     <w:rsid w:val="00CA4BA1"/>
     <w:rsid w:val="00CB3B6B"/>
     <w:rsid w:val="00CC76BF"/>
     <w:rsid w:val="00CE06E7"/>
     <w:rsid w:val="00CF5E97"/>
     <w:rsid w:val="00D0620F"/>
     <w:rsid w:val="00D121E8"/>
     <w:rsid w:val="00D13A90"/>
+    <w:rsid w:val="00D16F85"/>
     <w:rsid w:val="00D1721B"/>
     <w:rsid w:val="00D3614E"/>
     <w:rsid w:val="00D62393"/>
+    <w:rsid w:val="00D7130A"/>
     <w:rsid w:val="00D81544"/>
     <w:rsid w:val="00D869C3"/>
     <w:rsid w:val="00D87235"/>
     <w:rsid w:val="00DA03A7"/>
     <w:rsid w:val="00DA392F"/>
     <w:rsid w:val="00DA3F8A"/>
     <w:rsid w:val="00DB17B6"/>
     <w:rsid w:val="00DB70E7"/>
+    <w:rsid w:val="00DC1857"/>
     <w:rsid w:val="00DD2B7A"/>
     <w:rsid w:val="00E0294C"/>
     <w:rsid w:val="00E11A59"/>
     <w:rsid w:val="00E17471"/>
     <w:rsid w:val="00E20AA5"/>
     <w:rsid w:val="00E43561"/>
     <w:rsid w:val="00E45FDF"/>
     <w:rsid w:val="00E46727"/>
     <w:rsid w:val="00E505A7"/>
     <w:rsid w:val="00E64077"/>
     <w:rsid w:val="00E676BC"/>
     <w:rsid w:val="00E8423F"/>
     <w:rsid w:val="00E8578A"/>
+    <w:rsid w:val="00E9214B"/>
+    <w:rsid w:val="00E95712"/>
     <w:rsid w:val="00E9721F"/>
+    <w:rsid w:val="00EB3BF8"/>
     <w:rsid w:val="00ED7C28"/>
     <w:rsid w:val="00EE2C30"/>
     <w:rsid w:val="00EE6458"/>
     <w:rsid w:val="00EF3EBA"/>
     <w:rsid w:val="00EF7C8A"/>
     <w:rsid w:val="00F006EF"/>
     <w:rsid w:val="00F01C2D"/>
     <w:rsid w:val="00F10D30"/>
     <w:rsid w:val="00F27301"/>
     <w:rsid w:val="00F27E06"/>
     <w:rsid w:val="00F472F6"/>
     <w:rsid w:val="00F617F7"/>
     <w:rsid w:val="00F635DD"/>
     <w:rsid w:val="00F660B3"/>
     <w:rsid w:val="00F724E1"/>
     <w:rsid w:val="00F752EC"/>
+    <w:rsid w:val="00F80912"/>
+    <w:rsid w:val="00F953A8"/>
     <w:rsid w:val="00FA0930"/>
     <w:rsid w:val="00FA2816"/>
     <w:rsid w:val="00FC00CD"/>
     <w:rsid w:val="00FC1682"/>
     <w:rsid w:val="00FC77AC"/>
     <w:rsid w:val="00FD0510"/>
     <w:rsid w:val="00FD5E74"/>
     <w:rsid w:val="00FE5191"/>
     <w:rsid w:val="01143755"/>
     <w:rsid w:val="0274E93A"/>
     <w:rsid w:val="030A7D10"/>
     <w:rsid w:val="04C3308B"/>
     <w:rsid w:val="06469449"/>
     <w:rsid w:val="077FAD79"/>
     <w:rsid w:val="08D45D7B"/>
     <w:rsid w:val="0ACEB495"/>
     <w:rsid w:val="0B5F6B6A"/>
     <w:rsid w:val="0C474829"/>
     <w:rsid w:val="0C93C1C5"/>
     <w:rsid w:val="0CADCB84"/>
     <w:rsid w:val="0CBF7B67"/>
     <w:rsid w:val="0CC4E609"/>
     <w:rsid w:val="0D1424B4"/>
     <w:rsid w:val="0D4A117C"/>
     <w:rsid w:val="0D84E0A5"/>
     <w:rsid w:val="10B3ADDB"/>
     <w:rsid w:val="1285B99E"/>
     <w:rsid w:val="12C48C64"/>
     <w:rsid w:val="146EDBAA"/>
     <w:rsid w:val="14A2761F"/>
     <w:rsid w:val="1646F12D"/>
     <w:rsid w:val="173D52E9"/>
     <w:rsid w:val="1769DDF0"/>
     <w:rsid w:val="1774D75C"/>
     <w:rsid w:val="19B396FF"/>
     <w:rsid w:val="1A4C6425"/>
     <w:rsid w:val="1AA80EA6"/>
     <w:rsid w:val="1B425262"/>
     <w:rsid w:val="1BD6C364"/>
     <w:rsid w:val="1D6812B8"/>
     <w:rsid w:val="1D918E2B"/>
     <w:rsid w:val="1F335A11"/>
     <w:rsid w:val="1F8EF7EB"/>
     <w:rsid w:val="21989AD6"/>
     <w:rsid w:val="22CA41EC"/>
     <w:rsid w:val="230A6055"/>
     <w:rsid w:val="232AD946"/>
     <w:rsid w:val="24B0EE08"/>
     <w:rsid w:val="2532ED8F"/>
     <w:rsid w:val="254F4EA3"/>
+    <w:rsid w:val="259A045B"/>
     <w:rsid w:val="25CBB668"/>
     <w:rsid w:val="26402840"/>
     <w:rsid w:val="26C3737A"/>
     <w:rsid w:val="27638991"/>
     <w:rsid w:val="2764EA73"/>
     <w:rsid w:val="27CF50C8"/>
     <w:rsid w:val="27F76875"/>
     <w:rsid w:val="2923DE83"/>
     <w:rsid w:val="2936C598"/>
     <w:rsid w:val="29A0F92F"/>
     <w:rsid w:val="2A45F508"/>
     <w:rsid w:val="2B8A3135"/>
     <w:rsid w:val="2BB13349"/>
     <w:rsid w:val="2CF82218"/>
     <w:rsid w:val="2E9A2A8D"/>
     <w:rsid w:val="2FC84B8D"/>
     <w:rsid w:val="306DA363"/>
     <w:rsid w:val="3072D380"/>
     <w:rsid w:val="30806113"/>
     <w:rsid w:val="30D4BA1E"/>
     <w:rsid w:val="31A10B68"/>
     <w:rsid w:val="3292C7A1"/>
     <w:rsid w:val="33BC1F90"/>
     <w:rsid w:val="35523B14"/>
     <w:rsid w:val="35B225DE"/>
     <w:rsid w:val="35CA7376"/>
     <w:rsid w:val="3645420A"/>
     <w:rsid w:val="37FF943A"/>
     <w:rsid w:val="38784F1F"/>
     <w:rsid w:val="38B15A53"/>
     <w:rsid w:val="39FA7245"/>
     <w:rsid w:val="3B094B3D"/>
     <w:rsid w:val="3B252F41"/>
     <w:rsid w:val="3E343FBB"/>
     <w:rsid w:val="3E85B6E6"/>
     <w:rsid w:val="3F343FF9"/>
     <w:rsid w:val="407BB93A"/>
     <w:rsid w:val="41EA27F1"/>
     <w:rsid w:val="439D87FC"/>
     <w:rsid w:val="4476C693"/>
     <w:rsid w:val="45A39590"/>
     <w:rsid w:val="47261240"/>
     <w:rsid w:val="47B81D38"/>
     <w:rsid w:val="496E6497"/>
     <w:rsid w:val="497D3399"/>
+    <w:rsid w:val="4A26D128"/>
     <w:rsid w:val="4BAA026E"/>
     <w:rsid w:val="4BDF0B25"/>
     <w:rsid w:val="4CB463BB"/>
     <w:rsid w:val="4D20CE3F"/>
     <w:rsid w:val="4E0DBF62"/>
     <w:rsid w:val="4E486D89"/>
     <w:rsid w:val="52832CF8"/>
     <w:rsid w:val="53174234"/>
     <w:rsid w:val="54475287"/>
     <w:rsid w:val="570D2A44"/>
     <w:rsid w:val="595D8530"/>
     <w:rsid w:val="5A82E5CC"/>
     <w:rsid w:val="5AF45527"/>
     <w:rsid w:val="5B0F0EAB"/>
     <w:rsid w:val="5C3A94A3"/>
     <w:rsid w:val="5C52962E"/>
     <w:rsid w:val="5D211F62"/>
     <w:rsid w:val="5DC917F7"/>
     <w:rsid w:val="5E99F04A"/>
     <w:rsid w:val="5EFB41A5"/>
     <w:rsid w:val="5F24CED0"/>
     <w:rsid w:val="5F886F81"/>
+    <w:rsid w:val="5FE316AE"/>
     <w:rsid w:val="609B97A7"/>
     <w:rsid w:val="60A75D83"/>
     <w:rsid w:val="61614591"/>
     <w:rsid w:val="627177E4"/>
     <w:rsid w:val="62B94B04"/>
     <w:rsid w:val="6323E81C"/>
     <w:rsid w:val="63B2CF21"/>
     <w:rsid w:val="63BF718E"/>
     <w:rsid w:val="64CEF2D0"/>
     <w:rsid w:val="66405E76"/>
     <w:rsid w:val="66981025"/>
     <w:rsid w:val="672C8EE8"/>
     <w:rsid w:val="68019798"/>
     <w:rsid w:val="68D66400"/>
     <w:rsid w:val="6AE0F388"/>
     <w:rsid w:val="6B8CDD59"/>
     <w:rsid w:val="6B99501B"/>
     <w:rsid w:val="6C505FD9"/>
     <w:rsid w:val="6E692899"/>
     <w:rsid w:val="70C3A7A6"/>
     <w:rsid w:val="70EA1D69"/>
     <w:rsid w:val="71FA466D"/>
     <w:rsid w:val="75F0246B"/>
     <w:rsid w:val="769D6049"/>
     <w:rsid w:val="793ED1AE"/>
@@ -7849,149 +5587,149 @@
     <w:rsid w:val="7AB821C0"/>
     <w:rsid w:val="7ABAA531"/>
     <w:rsid w:val="7B26F94E"/>
     <w:rsid w:val="7B597D74"/>
     <w:rsid w:val="7B7BC200"/>
     <w:rsid w:val="7C059BE2"/>
     <w:rsid w:val="7C4A1970"/>
     <w:rsid w:val="7F1F3604"/>
     <w:rsid w:val="7F26A902"/>
     <w:rsid w:val="7FA82200"/>
     <w:rsid w:val="7FC28CE1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="es-ES"/>
+  <w:themeFontLang w:val="es-ES" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6E072A6C"/>
-  <w15:docId w15:val="{BF8D80C9-3936-4A5D-A99A-194FCB6026BC}"/>
+  <w15:docId w15:val="{3FE01000-4139-4507-B862-0A700AEF472C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8147,52 +5885,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -8259,51 +5997,51 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:aliases w:val="Párrafo"/>
     <w:rsid w:val="00D1721B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
       <w:ind w:firstLine="709"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Resumen y Palabas clave"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00A32FF8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:line="240" w:lineRule="auto"/>
@@ -8378,829 +6116,829 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo5Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FC1682"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fuentedeprrafopredeter" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Tablanormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Sinlista" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A945C2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="EncabezadoCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Encabezado"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A945C2"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A945C2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PiedepginaCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A945C2"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodeglobo">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodegloboCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A945C2"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TextodegloboCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
     <w:name w:val="Texto de globo Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textodeglobo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A945C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TTULODELARTCULO" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TTULODELARTCULO">
     <w:name w:val="TÍTULO DEL ARTÍCULO"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TTULODELARTCULOCar"/>
     <w:qFormat/>
     <w:rsid w:val="008128A6"/>
     <w:pPr>
       <w:spacing w:before="480" w:after="480" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sinespaciado">
     <w:name w:val="No Spacing"/>
     <w:aliases w:val="Autores"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00D121E8"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TTULODELARTCULOCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TTULODELARTCULOCar">
     <w:name w:val="TÍTULO DEL ARTÍCULO Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="TTULODELARTCULO"/>
     <w:rsid w:val="008128A6"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textonotapie">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextonotapieCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A945C2"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TextonotapieCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextonotapieCar">
     <w:name w:val="Texto nota pie Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textonotapie"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A945C2"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdenotaalpie">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A945C2"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Ttulo1Car" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
     <w:aliases w:val="Resumen y Palabas clave Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A32FF8"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Ttulo2Car" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
     <w:name w:val="Título 2 Car"/>
     <w:aliases w:val="Pie de págiona datos autores Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A945C2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Century Gothic" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="16"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Ttulo3Car" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
     <w:name w:val="Título 3 Car"/>
     <w:aliases w:val="TÍTULO APARTADO PRINCIPAL Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0027749E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Century Gothic" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:aliases w:val="TEXTO ARTICULO"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TtuloCar"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00AF3498"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="8" w:space="4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
       </w:pBdr>
       <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TtuloCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TtuloCar">
     <w:name w:val="Título Car"/>
     <w:aliases w:val="TEXTO ARTICULO Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00AF3498"/>
     <w:rPr>
-      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Century Gothic" w:cstheme="majorBidi"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Ttulo4Car" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
     <w:name w:val="Título 4 Car"/>
     <w:aliases w:val="SUB-APARTADO Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00FC1682"/>
     <w:rPr>
-      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Century Gothic" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Ttulo5Car" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Car">
     <w:name w:val="Título 5 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00FC1682"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FC1682"/>
     <w:rPr>
       <w:noProof w:val="0"/>
       <w:color w:val="000080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="nfasis">
     <w:name w:val="Emphasis"/>
     <w:aliases w:val="APARTADO 1"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="20"/>
     <w:rsid w:val="0027749E"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
       <w:b/>
       <w:iCs/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="APARTADOPRINCIPAL" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="APARTADOPRINCIPAL">
     <w:name w:val="APARTADO PRINCIPAL"/>
     <w:basedOn w:val="Ttulo1"/>
     <w:link w:val="APARTADOPRINCIPALCar"/>
     <w:qFormat/>
     <w:rsid w:val="00271A82"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="22"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="240" w:line="300" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TEXTOSARTICULOS" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TEXTOSARTICULOS">
     <w:name w:val="TEXTOS ARTICULOS"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TEXTOSARTICULOSCar"/>
     <w:qFormat/>
     <w:rsid w:val="00F724E1"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="APARTADOPRINCIPALCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="APARTADOPRINCIPALCar">
     <w:name w:val="APARTADO PRINCIPAL Car"/>
     <w:basedOn w:val="Ttulo3Car"/>
     <w:link w:val="APARTADOPRINCIPAL"/>
     <w:rsid w:val="00271A82"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="majorEastAsia"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TEXTOSARTICULOSCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TEXTOSARTICULOSCar">
     <w:name w:val="TEXTOS ARTICULOS Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="TEXTOSARTICULOS"/>
     <w:rsid w:val="00F724E1"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00FA0930"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sombreadomulticolor-nfasis31" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sombreadomulticolor-nfasis31">
     <w:name w:val="Sombreado multicolor - Énfasis 31"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D869C3"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdecomentario">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DB17B6"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textocomentario">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextocomentarioCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DB17B6"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TextocomentarioCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextocomentarioCar">
     <w:name w:val="Texto comentario Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textocomentario"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DB17B6"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Asuntodelcomentario">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Textocomentario"/>
     <w:next w:val="Textocomentario"/>
     <w:link w:val="AsuntodelcomentarioCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DB17B6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="AsuntodelcomentarioCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
     <w:name w:val="Asunto del comentario Car"/>
     <w:basedOn w:val="TextocomentarioCar"/>
     <w:link w:val="Asuntodelcomentario"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DB17B6"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00561208"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tablanormal21" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Tablanormal21">
     <w:name w:val="Tabla normal 21"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="42"/>
     <w:rsid w:val="00FD0510"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tablanormal31" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Tablanormal31">
     <w:name w:val="Tabla normal 31"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="43"/>
     <w:rsid w:val="00FD0510"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tablanormal51" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Tablanormal51">
     <w:name w:val="Tabla normal 51"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="45"/>
     <w:rsid w:val="00C66ED6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tablanormal41" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Tablanormal41">
     <w:name w:val="Tabla normal 41"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="44"/>
     <w:rsid w:val="00C66ED6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
@@ -9219,400 +6957,400 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cita">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CitaCar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="003D4A54"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CitaCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitaCar">
     <w:name w:val="Cita Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Cita"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="003D4A54"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Mencinsinresolver1" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Mencinsinresolver1">
     <w:name w:val="Mención sin resolver1"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B70FC1"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CmoCitarTexto" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CmoCitarTexto">
     <w:name w:val="Cómo Citar (Texto)"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CmoCitarTextoCar"/>
     <w:qFormat/>
     <w:rsid w:val="008128A6"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
-        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+        <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:after="480" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CmoCitarTextoCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CmoCitarTextoCar">
     <w:name w:val="Cómo Citar (Texto) Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="CmoCitarTexto"/>
     <w:rsid w:val="008128A6"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CmoCitarencabezado" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CmoCitarencabezado">
     <w:name w:val="Cómo Citar (encabezado)"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CmoCitarencabezadoCar"/>
     <w:qFormat/>
     <w:rsid w:val="00CA3240"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
-        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+        <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CmoCitarencabezadoCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CmoCitarencabezadoCar">
     <w:name w:val="Cómo Citar (encabezado) Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="CmoCitarencabezado"/>
     <w:rsid w:val="00CA3240"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="AutorCorrespondencia" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AutorCorrespondencia">
     <w:name w:val="Autor Correspondencia"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="AutorCorrespondenciaCar"/>
     <w:qFormat/>
     <w:rsid w:val="00CA3240"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
-        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+        <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:after="480" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="AutorCorrespondenciaCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="AutorCorrespondenciaCar">
     <w:name w:val="Autor Correspondencia Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="AutorCorrespondencia"/>
     <w:rsid w:val="00CA3240"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="SubApartadonivel1" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SubApartadonivel1">
     <w:name w:val="Sub Apartado nivel 1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SubApartadonivel1Car"/>
     <w:qFormat/>
     <w:rsid w:val="00A32FF8"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="22"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SubApartadonivel1Car" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubApartadonivel1Car">
     <w:name w:val="Sub Apartado nivel 1 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="SubApartadonivel1"/>
     <w:rsid w:val="00A32FF8"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TtuloTabla" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TtuloTabla">
     <w:name w:val="Título Tabla"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TtuloTablaCar"/>
     <w:qFormat/>
     <w:rsid w:val="00CA3240"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TtuloTablaCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TtuloTablaCar">
     <w:name w:val="Título Tabla Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="TtuloTabla"/>
     <w:rsid w:val="00CA3240"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="PiedeTabla" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PiedeTabla">
     <w:name w:val="Pie de Tabla"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedeTablaCar"/>
     <w:qFormat/>
     <w:rsid w:val="00365013"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:bCs/>
       <w:iCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PiedeTablaCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="PiedeTablaCar">
     <w:name w:val="Pie de Tabla Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="PiedeTabla"/>
     <w:rsid w:val="00365013"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:bCs/>
       <w:iCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Referencias" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Referencias">
     <w:name w:val="Referencias"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="ReferenciasCar"/>
     <w:qFormat/>
     <w:rsid w:val="00CA3240"/>
   </w:style>
-  <w:style w:type="character" w:styleId="ReferenciasCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ReferenciasCar">
     <w:name w:val="Referencias Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Referencias"/>
     <w:rsid w:val="00CA3240"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="majorEastAsia"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Fechas" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Fechas">
     <w:name w:val="Fechas"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FechasCar"/>
     <w:qFormat/>
     <w:rsid w:val="00CA3240"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
-        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+        <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:after="480" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FechasCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FechasCar">
     <w:name w:val="Fechas Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Fechas"/>
     <w:rsid w:val="00CA3240"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revisin">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00575AEE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tablanormal2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="42"/>
     <w:rsid w:val="00F635DD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="EncabezadoAutores" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EncabezadoAutores">
     <w:name w:val="Encabezado Autores"/>
     <w:basedOn w:val="Encabezado"/>
     <w:rsid w:val="00601102"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:i/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00601102"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencionar">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
@@ -9927,51 +7665,52 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2038113728">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bitly.com/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14201/eks2015164623" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7238/rusc.v1i1.228" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15366/reps2018.3.1.001" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shorturl.at" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/4kyw9bn2" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://n9.cl/es" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId28" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/vds4b3dt" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId30" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15366/reps2018.3.1.001" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shorturl.at" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7238/rusc.v1i1.228" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/4kyw9bn2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://n9.cl/es" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/vds4b3dt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bitly.com/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14201/eks2015164623" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -10236,48 +7975,58 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F11332E-5787-493F-8902-3E6F8230FA41}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>4</Pages>
+  <Words>1089</Words>
+  <Characters>5995</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>49</Lines>
+  <Paragraphs>14</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>Universidad de Valladolid</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>7070</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>usuario</dc:creator>
-  <lastModifiedBy>Francisco Javier Palacios Hidalgo</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2019-05-26T08:41:00.0000000Z</lastPrinted>
+  <cp:keywords/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>