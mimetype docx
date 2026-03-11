--- v2 (2026-02-19)
+++ v3 (2026-03-11)
@@ -127,174 +127,238 @@
       <w:r w:rsidRPr="00D121E8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00906282">
         <w:t xml:space="preserve">y </w:t>
       </w:r>
       <w:r w:rsidRPr="00D121E8">
         <w:t>Nombre</w:t>
       </w:r>
       <w:r w:rsidR="005F49A2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D121E8">
         <w:t>Apellido</w:t>
       </w:r>
       <w:r w:rsidR="005F49A2">
         <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidR="00A06D85" w:rsidRPr="005F49A2">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79848D2C" w14:textId="7B9A0E33" w:rsidR="005F49A2" w:rsidRDefault="005F49A2" w:rsidP="00771AFA">
+    <w:p w14:paraId="79848D2C" w14:textId="7B9A0E33" w:rsidR="005F49A2" w:rsidRPr="008076CB" w:rsidRDefault="005F49A2" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="Fechas"/>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="005F49A2">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008076CB">
         <w:rPr>
           <w:color w:val="EE0000"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(La información indicada en rojo será completada por la revista una vez el artículo haya sido aceptado para su publicación)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="604C36F4" w14:textId="1ACF243F" w:rsidR="00A945C2" w:rsidRPr="008076CB" w:rsidRDefault="00A945C2" w:rsidP="00771AFA">
+      <w:pPr>
+        <w:pStyle w:val="Fechas"/>
         <w:rPr>
           <w:color w:val="EE0000"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005F49A2">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008076CB">
         <w:rPr>
           <w:color w:val="EE0000"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:pStyle w:val="Fechas"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fecha de recepción: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A15EF" w:rsidRPr="008076CB">
         <w:rPr>
           <w:color w:val="EE0000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005F49A2">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008076CB">
         <w:rPr>
           <w:color w:val="EE0000"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="001A15EF" w:rsidRPr="005F49A2">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A15EF" w:rsidRPr="008076CB">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F49A2">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008076CB">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/20</w:t>
+      </w:r>
+      <w:r w:rsidR="001A15EF" w:rsidRPr="008076CB">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008076CB">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Fecha de revisión: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A15EF" w:rsidRPr="008076CB">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001A15EF" w:rsidRPr="008076CB">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="001A15EF" w:rsidRPr="005F49A2">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A15EF" w:rsidRPr="008076CB">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F49A2">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001A15EF" w:rsidRPr="008076CB">
         <w:rPr>
           <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008076CB">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="001A15EF" w:rsidRPr="008076CB">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008076CB">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Fecha de aceptación: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A15EF" w:rsidRPr="008076CB">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D13A90" w:rsidRPr="008076CB">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A15EF" w:rsidRPr="008076CB">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008076CB">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/20</w:t>
       </w:r>
-      <w:r w:rsidR="001A15EF" w:rsidRPr="005F49A2">
+      <w:r w:rsidR="68D66400" w:rsidRPr="008076CB">
         <w:rPr>
           <w:color w:val="EE0000"/>
-        </w:rPr>
-[...58 lines deleted...]
-          <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00B8EC5A" w14:textId="77777777" w:rsidR="00A945C2" w:rsidRPr="004A1D29" w:rsidRDefault="00A945C2" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="CmoCitarencabezado"/>
       </w:pPr>
       <w:r w:rsidRPr="004A1D29">
         <w:t>Cómo citar este artículo:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02F8DC17" w14:textId="4F8D6A45" w:rsidR="00EE2C30" w:rsidRPr="004A1D29" w:rsidRDefault="001A15EF" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="CmoCitarTexto"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Apellido</w:t>
       </w:r>
       <w:r w:rsidR="005F49A2">
         <w:t>(s)</w:t>
       </w:r>
       <w:r>
         <w:t>, Inicial</w:t>
@@ -349,56 +413,58 @@
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Revista de Innovación y Buenas Prácticas Docentes, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5E97">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>x</w:t>
       </w:r>
       <w:r w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>(x)</w:t>
       </w:r>
       <w:r w:rsidR="00F752EC" w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>pp</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005F49A2" w:rsidRPr="005F49A2">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>-pp</w:t>
       </w:r>
       <w:r w:rsidR="00D13A90">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20201ECC" w14:textId="767C8BF1" w:rsidR="00EE2C30" w:rsidRPr="004A1D29" w:rsidRDefault="00EE2C30" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="AutorCorrespondencia"/>
       </w:pPr>
       <w:r w:rsidRPr="004A1D29">
         <w:t xml:space="preserve">Autor de </w:t>
       </w:r>
       <w:r w:rsidR="00042BBF" w:rsidRPr="004A1D29">
         <w:t>correspondencia</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1D29">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00F752EC" w:rsidRPr="004A1D29">
         <w:t xml:space="preserve"> </w:t>
@@ -583,56 +649,65 @@
       <w:r w:rsidR="001A15EF" w:rsidRPr="7B26F94E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>separadas por comas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D8A4856" w14:textId="77777777" w:rsidR="00305974" w:rsidRPr="004A1D29" w:rsidRDefault="00305974" w:rsidP="00771AFA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D05D6EB" w14:textId="77777777" w:rsidR="00A945C2" w:rsidRPr="00D121E8" w:rsidRDefault="00A945C2" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D121E8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Abstract:</w:t>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D121E8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16A51B37" w14:textId="76EA40CC" w:rsidR="00497AEF" w:rsidRPr="004A1D29" w:rsidRDefault="00497AEF" w:rsidP="00497AEF">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1BD6C364">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>El resumen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E4559">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
@@ -679,71 +754,73 @@
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EB3BF8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>redactará</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> en un único párrafo. Además, seguirá, sin incluir encabezados, el siguiente esquema: introducción, objetivos, metodología, resultados y conclusiones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4344BE1A" w14:textId="490356DF" w:rsidR="00305974" w:rsidRPr="00D121E8" w:rsidRDefault="00A945C2" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="232AD946">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Key</w:t>
       </w:r>
       <w:r w:rsidR="6323E81C" w:rsidRPr="232AD946">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidRPr="232AD946">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>ords</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005F49A2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="005F49A2" w:rsidRPr="7B26F94E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Incluir cuatro palabras clave </w:t>
       </w:r>
       <w:r w:rsidR="007D58B7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">en inglés </w:t>
       </w:r>
       <w:r w:rsidR="005F49A2" w:rsidRPr="7B26F94E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>separadas por comas.</w:t>
       </w:r>
@@ -784,51 +861,471 @@
         <w:t>25</w:t>
       </w:r>
       <w:r w:rsidR="006E69A9">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00342485">
         <w:t xml:space="preserve">En este apartado se </w:t>
       </w:r>
       <w:r>
         <w:t>establece el marco teórico de la propuesta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17D695FB" w14:textId="65F60E1E" w:rsidR="005D6B39" w:rsidRPr="005D6B39" w:rsidRDefault="005D6B39" w:rsidP="005D6B39">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="232AD946">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua.</w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60DE96BD" w14:textId="0B6F2B4F" w:rsidR="0CC4E609" w:rsidRPr="00CA3240" w:rsidRDefault="0CC4E609" w:rsidP="232AD946">
       <w:pPr>
         <w:pStyle w:val="APARTADOPRINCIPAL"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA3240">
         <w:t>OBJETIVO</w:t>
       </w:r>
       <w:r w:rsidR="00CA3240">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3240">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00CA3240">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CCF95F6" w14:textId="40A68334" w:rsidR="496E6497" w:rsidRDefault="10B3ADDB">
       <w:r w:rsidRPr="2532ED8F">
         <w:t>Puede</w:t>
       </w:r>
       <w:r w:rsidR="00CA3240">
         <w:t>(</w:t>
@@ -857,106 +1354,610 @@
       <w:r w:rsidR="5C3A94A3" w:rsidRPr="2532ED8F">
         <w:t xml:space="preserve">de manera </w:t>
       </w:r>
       <w:r w:rsidR="00CA3240" w:rsidRPr="2532ED8F">
         <w:t>esquemática</w:t>
       </w:r>
       <w:r w:rsidR="5C3A94A3" w:rsidRPr="2532ED8F">
         <w:t xml:space="preserve"> utilizando el siguiente formato:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E4EE9B6" w14:textId="3E42F4BB" w:rsidR="496E6497" w:rsidRDefault="1F335A11" w:rsidP="00CA3240">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2532ED8F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Lorem ipsum dolor sit amet.</w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C200A70" w14:textId="77777777" w:rsidR="00CA3240" w:rsidRDefault="1F335A11" w:rsidP="00CA3240">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2532ED8F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Lorem ipsum dolor sit amet.</w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C8656B4" w14:textId="1767461E" w:rsidR="00CA3240" w:rsidRPr="00CA3240" w:rsidRDefault="00CA3240" w:rsidP="00CA3240">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2532ED8F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Lorem ipsum dolor sit amet.</w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15EB2E3F" w14:textId="4C8ECFA2" w:rsidR="496E6497" w:rsidRDefault="00CA3240" w:rsidP="00CA3240">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>orem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua.</w:t>
+        <w:t xml:space="preserve">orem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="496E6497" w:rsidRPr="2532ED8F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32710B92" w14:textId="6ABE583E" w:rsidR="00AF3498" w:rsidRPr="00634F81" w:rsidRDefault="0CC4E609" w:rsidP="00271A82">
       <w:pPr>
         <w:pStyle w:val="APARTADOPRINCIPAL"/>
       </w:pPr>
       <w:r>
         <w:t>METODOLOGÍA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="158F9BF7" w14:textId="5FED65F1" w:rsidR="00305974" w:rsidRDefault="0CC4E609" w:rsidP="232AD946">
       <w:pPr>
         <w:pStyle w:val="SubApartadonivel1"/>
       </w:pPr>
       <w:r>
         <w:t>Título del subapartado 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35D5A6FF" w14:textId="0F52DF82" w:rsidR="00305974" w:rsidRDefault="00305974" w:rsidP="232AD946">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -972,51 +1973,471 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="30D4BA1E">
         <w:t>incluyendo la siguiente información: participantes, diseño y variables, procedimiento</w:t>
       </w:r>
       <w:r w:rsidR="00CA3240">
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
       <w:r w:rsidR="30D4BA1E">
         <w:t>análisis de datos</w:t>
       </w:r>
       <w:r w:rsidR="00CA3240">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67E20B20" w14:textId="77777777" w:rsidR="008128A6" w:rsidRPr="005D6B39" w:rsidRDefault="008128A6" w:rsidP="00D1721B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="232AD946">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua.</w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29AE0ABF" w14:textId="2B28D1A1" w:rsidR="00AF3498" w:rsidRPr="004A1D29" w:rsidRDefault="00AF3498" w:rsidP="00271A82">
       <w:pPr>
         <w:pStyle w:val="APARTADOPRINCIPAL"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk534705458"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00A32FF8">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:iCs w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>RESULTADOS</w:t>
       </w:r>
     </w:p>
@@ -1171,51 +2592,65 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="33F9245D" w14:textId="54BED405" w:rsidR="005D6B39" w:rsidRPr="004A1D29" w:rsidRDefault="005D6B39" w:rsidP="007F1792">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1BD6C364">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">En la </w:t>
       </w:r>
       <w:r w:rsidR="0CBF7B67" w:rsidRPr="1BD6C364">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="1BD6C364">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>abla 1 se indica xxxxxxxx.</w:t>
+        <w:t xml:space="preserve">abla 1 se indica </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1BD6C364">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>xxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1BD6C364">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6918749B" w14:textId="77777777" w:rsidR="00C94850" w:rsidRPr="00C94850" w:rsidRDefault="005D6B39" w:rsidP="00CA3240">
       <w:pPr>
         <w:pStyle w:val="TtuloTabla"/>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94850">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Tabla 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77F4D0CF" w14:textId="7A534F5C" w:rsidR="005D6B39" w:rsidRPr="00C94850" w:rsidRDefault="005D6B39" w:rsidP="00C94850">
       <w:pPr>
         <w:pStyle w:val="TtuloTabla"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -1256,152 +2691,203 @@
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0860B527" w14:textId="0756BCE4" w:rsidR="00F635DD" w:rsidRPr="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F635DD">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>En negrita</w:t>
+              <w:t xml:space="preserve">En </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F635DD">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>negrita</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="01124B39" w14:textId="25991D45" w:rsidR="00F635DD" w:rsidRPr="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F635DD">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>En negrita</w:t>
+              <w:t xml:space="preserve">En </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F635DD">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>negrita</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="35DC8A12" w14:textId="7E049A82" w:rsidR="00F635DD" w:rsidRPr="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F635DD">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>En negrita</w:t>
+              <w:t xml:space="preserve">En </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F635DD">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>negrita</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="68A9AF80" w14:textId="11A86125" w:rsidR="00F635DD" w:rsidRPr="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F635DD">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>En negrita</w:t>
+              <w:t xml:space="preserve">En </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F635DD">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>negrita</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F635DD" w14:paraId="7B7D63D7" w14:textId="77777777" w:rsidTr="00C94850">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="812" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4003149B" w14:textId="4B311218" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Sin negrita</w:t>
+              <w:t xml:space="preserve">Sin </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>negrita</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="513A67CF" w14:textId="77777777" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="48AD4072" w14:textId="77777777" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
@@ -1447,52 +2933,63 @@
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="812" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="146C17A2" w14:textId="348FF72A" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Sin negrita</w:t>
+              <w:t xml:space="preserve">Sin </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>negrita</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="11D36451" w14:textId="77777777" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
@@ -1543,52 +3040,63 @@
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="812" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="61EE52F3" w14:textId="1209D4F0" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Sin negrita</w:t>
+              <w:t xml:space="preserve">Sin </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>negrita</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0EF10C8C" w14:textId="77777777" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -1626,92 +3134,114 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="39615DEE" w14:textId="77777777" w:rsidR="00F635DD" w:rsidRDefault="00F635DD" w:rsidP="00601102">
             <w:pPr>
               <w:pStyle w:val="TtuloTabla"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3BDF7219" w14:textId="08AA54EB" w:rsidR="00537081" w:rsidRPr="007B043D" w:rsidRDefault="00C94850" w:rsidP="00601102">
       <w:pPr>
         <w:pStyle w:val="PiedeTabla"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C94850">
         <w:rPr>
           <w:i/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>Nota</w:t>
       </w:r>
       <w:r>
-        <w:t>. Xxx.</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Xxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A1643D1" w14:textId="7983DCA6" w:rsidR="00C9252D" w:rsidRDefault="00C9252D" w:rsidP="00C9252D">
       <w:r>
         <w:t>En caso de incorporar una figura</w:t>
       </w:r>
       <w:r w:rsidR="00CA3240">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> se hará del modo que se expresa a continuación</w:t>
       </w:r>
       <w:r w:rsidR="00CA3240">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07596C13" w14:textId="16EDD8B4" w:rsidR="003239B6" w:rsidRDefault="00582D9E" w:rsidP="00CA3240">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7ABAA531">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">En la </w:t>
       </w:r>
       <w:r w:rsidR="5A82E5CC" w:rsidRPr="7ABAA531">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="7ABAA531">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>igura 1 se muestra xxxxxxxx.</w:t>
+        <w:t xml:space="preserve">igura 1 se muestra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="7ABAA531">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>xxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="7ABAA531">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35E5E81D" w14:textId="34AEDC35" w:rsidR="00C94850" w:rsidRPr="00C94850" w:rsidRDefault="00C94850" w:rsidP="00C94850">
       <w:pPr>
         <w:pStyle w:val="TtuloTabla"/>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Figura</w:t>
       </w:r>
       <w:r w:rsidRPr="00C94850">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
@@ -1798,64 +3328,498 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="13B59B7A" w14:textId="77777777" w:rsidR="00C94850" w:rsidRPr="007B1D26" w:rsidRDefault="00C94850" w:rsidP="00C94850">
       <w:pPr>
         <w:pStyle w:val="PiedeTabla"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B1D26">
         <w:rPr>
           <w:i/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Nota</w:t>
       </w:r>
       <w:r w:rsidRPr="007B1D26">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>. Xxx.</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B1D26">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B1D26">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B0D9474" w14:textId="096F125A" w:rsidR="00B04A50" w:rsidRPr="005D6B39" w:rsidRDefault="005D6B39" w:rsidP="00CA3240">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="232AD946">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua.</w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="353EAAE0" w14:textId="2497527F" w:rsidR="22CA41EC" w:rsidRDefault="22CA41EC" w:rsidP="232AD946">
       <w:pPr>
         <w:pStyle w:val="APARTADOPRINCIPAL"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="232AD946">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>DISCUSIÓN</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10AE4E62" w14:textId="04B39650" w:rsidR="63B2CF21" w:rsidRPr="00633A8B" w:rsidRDefault="00E0294C" w:rsidP="00633A8B">
       <w:r w:rsidRPr="00633A8B">
         <w:t>Este apartado comienza con el hallazgo principal de</w:t>
       </w:r>
       <w:r w:rsidR="00495F4C">
         <w:t xml:space="preserve"> la </w:t>
       </w:r>
       <w:r w:rsidR="00495F4C" w:rsidRPr="00495F4C">
         <w:rPr>
@@ -1882,51 +3846,331 @@
         <w:t>sí como</w:t>
       </w:r>
       <w:r w:rsidR="6E692899" w:rsidRPr="00633A8B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="27CF50C8" w:rsidRPr="00633A8B">
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="4CB463BB" w:rsidRPr="00633A8B">
         <w:t>uturas v</w:t>
       </w:r>
       <w:r w:rsidR="7C059BE2" w:rsidRPr="00633A8B">
         <w:t>ías de mejora.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B43AAAA" w14:textId="0DB28D46" w:rsidR="63B2CF21" w:rsidRDefault="63B2CF21" w:rsidP="232AD946">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="232AD946">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua.</w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4304EDD9" w14:textId="357ED308" w:rsidR="00AF3498" w:rsidRPr="005D6B39" w:rsidRDefault="00AF3498" w:rsidP="00271A82">
       <w:pPr>
         <w:pStyle w:val="APARTADOPRINCIPAL"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D6B39">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>CONCLUSIONES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F257127" w14:textId="4E03B549" w:rsidR="00B04A50" w:rsidRPr="004A1D29" w:rsidRDefault="00305974" w:rsidP="00365013">
       <w:r>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00495F4C">
         <w:t xml:space="preserve">ste </w:t>
       </w:r>
       <w:r w:rsidR="00B04A50">
@@ -1939,51 +4183,331 @@
         <w:t xml:space="preserve">los hallazgos fundamentales de la </w:t>
       </w:r>
       <w:r w:rsidR="00495F4C" w:rsidRPr="00495F4C">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>experiencia de innovación</w:t>
       </w:r>
       <w:r w:rsidR="00633A8B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="738EB850" w14:textId="0DB28D46" w:rsidR="7B597D74" w:rsidRDefault="7B597D74" w:rsidP="232AD946">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="232AD946">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua.</w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="232AD946">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EFF826F" w14:textId="77777777" w:rsidR="00AF3498" w:rsidRPr="00271A82" w:rsidRDefault="00AF3498" w:rsidP="00271A82">
       <w:pPr>
         <w:pStyle w:val="APARTADOPRINCIPAL"/>
       </w:pPr>
       <w:r>
         <w:t>REFERENCIAS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B3BB052" w14:textId="503F3E04" w:rsidR="00C66ED6" w:rsidRDefault="00B04A50" w:rsidP="001C0CE4">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Siguiendo</w:t>
       </w:r>
       <w:r w:rsidR="001C0CE4">
         <w:t xml:space="preserve"> el estilo para</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> las referencias </w:t>
       </w:r>
       <w:r w:rsidR="001C0CE4">
@@ -2031,78 +4555,82 @@
       <w:r w:rsidR="2FC84B8D" w:rsidRPr="30806113">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>publicación referenciada</w:t>
       </w:r>
       <w:r w:rsidR="3E343FBB">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="37FF943A">
         <w:t xml:space="preserve">se debe utilizar un acortador de URL para homogeneizar el uso de enlaces (por ejemplo, </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="497D3399" w:rsidRPr="30806113">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>bit.ly</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="6B99501B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="1D918E2B" w:rsidRPr="30806113">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>TinyURL</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="2936C598">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="2936C598" w:rsidRPr="30806113">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>n9</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="2936C598">
         <w:t xml:space="preserve"> o </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="7B7BC200" w:rsidRPr="30806113">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>ShortURL</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="7B7BC200">
         <w:t>). S</w:t>
       </w:r>
       <w:r w:rsidR="001C0CE4">
         <w:t>e muestran a</w:t>
       </w:r>
       <w:r>
         <w:t>lgunos</w:t>
       </w:r>
       <w:r w:rsidR="001C0CE4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ejemplos a continuación</w:t>
       </w:r>
       <w:r w:rsidR="31A10B68">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2724B9FB" w14:textId="77777777" w:rsidR="001C0CE4" w:rsidRPr="004A1D29" w:rsidRDefault="001C0CE4" w:rsidP="00601102">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
@@ -2141,80 +4669,89 @@
       </w:r>
       <w:r w:rsidRPr="30806113">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Revista Educación, Política y Sociedad, 3</w:t>
       </w:r>
       <w:r w:rsidR="00C12E5A">
         <w:t xml:space="preserve">(1), 7-30. </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="173D52E9" w:rsidRPr="30806113">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://doi.org/10.15366/reps2018.3.1.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="20062A9B" w14:textId="2340670C" w:rsidR="00B04A50" w:rsidRPr="00B04A50" w:rsidRDefault="00C12E5A" w:rsidP="00365013">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Fueyo, A., Rodríguez-Hoyos, C. y</w:t>
+        <w:t>Fueyo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, A., Rodríguez-Hoyos, C. y</w:t>
       </w:r>
       <w:r w:rsidR="00B04A50">
         <w:t xml:space="preserve"> Linares, C. (2015) La innovación docente de la formación de los profesionales de la educación: </w:t>
       </w:r>
       <w:r w:rsidR="47261240">
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00B04A50">
         <w:t xml:space="preserve">l papel de la educación mediática. En </w:t>
       </w:r>
       <w:r w:rsidR="12C48C64">
         <w:t xml:space="preserve">J. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B04A50">
         <w:t>Ferrés</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="1769DDF0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B04A50">
         <w:t xml:space="preserve">y </w:t>
       </w:r>
       <w:r w:rsidR="1774D75C">
         <w:t xml:space="preserve">M. J. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B04A50">
         <w:t>Masanet</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="2BB13349">
         <w:t xml:space="preserve"> (Eds.),</w:t>
       </w:r>
       <w:r w:rsidR="00B04A50">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B04A50" w:rsidRPr="30806113">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">La educación mediática en la universidad española </w:t>
       </w:r>
       <w:r w:rsidR="00B04A50">
         <w:t>(pp. 31-51)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B04A50">
         <w:t xml:space="preserve"> Gedisa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E49CEB5" w14:textId="77777777" w:rsidR="00633A8B" w:rsidRPr="00E8578A" w:rsidRDefault="00B04A50">
       <w:pPr>
@@ -2246,86 +4783,103 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 6-23. </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="146EDBAA" w:rsidRPr="00E8578A">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.14201/eks2015164623</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="451361F7" w14:textId="2ABEA196" w:rsidR="68019798" w:rsidRDefault="68019798" w:rsidP="00633A8B">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00E8578A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Green, B. P. (2018). Ethical reflections on artificial intelligence. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00633A8B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Scientia et Fides, 6</w:t>
+        <w:t>Scientia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633A8B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Fides, 6</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(2), 9-31. </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="27F76875" w:rsidRPr="30806113">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://tinyurl.com/vds4b3dt</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="75626889" w14:textId="0FDE3FB7" w:rsidR="439D87FC" w:rsidRDefault="439D87FC" w:rsidP="30806113">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ley Orgánica 3/2020, de 29 de diciembre, por la que se modifica la Ley Orgánica 2/2006, de Educación. </w:t>
       </w:r>
       <w:r w:rsidRPr="00633A8B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Boletín Oficial del Estado</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, nº 340, de 30 de diciembre de 2020, 122868-122953. </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>nº</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 340, de 30 de diciembre de 2020, 122868-122953. </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="30806113">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://tinyurl.com/4kyw9bn2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="50B63A15" w14:textId="0AF68DB0" w:rsidR="00AF3498" w:rsidRPr="00633A8B" w:rsidRDefault="00B04A50" w:rsidP="00633A8B">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Salinas, J. (2004). Innovación docente y uso de las TIC en la enseñanza universitaria. </w:t>
       </w:r>
       <w:r w:rsidRPr="30806113">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Revista de Universidad y Sociedad del Conocimiento (RUSC), 1</w:t>
       </w:r>
@@ -2345,61 +4899,61 @@
           </w:rPr>
           <w:t>https://doi.org/10.7238/rusc.v1i1.228</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00AF3498" w:rsidRPr="00633A8B" w:rsidSect="000B2255">
       <w:headerReference w:type="even" r:id="rId18"/>
       <w:headerReference w:type="default" r:id="rId19"/>
       <w:footerReference w:type="even" r:id="rId20"/>
       <w:footerReference w:type="default" r:id="rId21"/>
       <w:headerReference w:type="first" r:id="rId22"/>
       <w:footerReference w:type="first" r:id="rId23"/>
       <w:pgSz w:w="11907" w:h="16783" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1701" w:bottom="1418" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03415D1A" w14:textId="77777777" w:rsidR="00203BAB" w:rsidRDefault="00203BAB" w:rsidP="00A945C2">
+    <w:p w14:paraId="5A17F32B" w14:textId="77777777" w:rsidR="00814568" w:rsidRDefault="00814568" w:rsidP="00A945C2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B187D05" w14:textId="77777777" w:rsidR="00203BAB" w:rsidRDefault="00203BAB" w:rsidP="00A945C2">
+    <w:p w14:paraId="07775F08" w14:textId="77777777" w:rsidR="00814568" w:rsidRDefault="00814568" w:rsidP="00A945C2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -2461,188 +5015,191 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="A00002BF" w:usb1="68C7FCFB" w:usb2="00000010" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1262452740"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="6EC3ECB0" w14:textId="77777777" w:rsidR="00B04A50" w:rsidRPr="00FC1682" w:rsidRDefault="00B04A50" w:rsidP="000B2255">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:pBdr>
             <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           </w:pBdr>
           <w:tabs>
             <w:tab w:val="clear" w:pos="4252"/>
           </w:tabs>
           <w:ind w:firstLine="0"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00421FED">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2059198305"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="585D8DFF" w14:textId="36356E15" w:rsidR="00B04A50" w:rsidRDefault="00B04A50" w:rsidP="00771AFA">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:pBdr>
             <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           </w:pBdr>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00421FED">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1287646420"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="729F0F21" w14:textId="55B44AAF" w:rsidR="000B2255" w:rsidRPr="000B2255" w:rsidRDefault="000B2255" w:rsidP="000B2255">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:pBdr>
             <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           </w:pBdr>
           <w:tabs>
             <w:tab w:val="clear" w:pos="4252"/>
           </w:tabs>
           <w:ind w:firstLine="0"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00FC1682">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5AB9FFBB" w14:textId="77777777" w:rsidR="00203BAB" w:rsidRDefault="00203BAB" w:rsidP="00A945C2">
+    <w:p w14:paraId="7C6F396A" w14:textId="77777777" w:rsidR="00814568" w:rsidRDefault="00814568" w:rsidP="00A945C2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57BA5F7D" w14:textId="77777777" w:rsidR="00203BAB" w:rsidRDefault="00203BAB" w:rsidP="00A945C2">
+    <w:p w14:paraId="15A95225" w14:textId="77777777" w:rsidR="00814568" w:rsidRDefault="00814568" w:rsidP="00A945C2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="2915BDC9" w14:textId="4BCD620C" w:rsidR="00B04A50" w:rsidRPr="005F49A2" w:rsidRDefault="00B04A50" w:rsidP="00771AFA">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F49A2">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -5104,50 +7661,51 @@
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1944220038">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="71781466">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1014919393">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="187957600">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="808134444">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1449160212">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -5282,52 +7840,54 @@
     <w:rsid w:val="006820B6"/>
     <w:rsid w:val="006958FA"/>
     <w:rsid w:val="00695A7A"/>
     <w:rsid w:val="006A3576"/>
     <w:rsid w:val="006A440E"/>
     <w:rsid w:val="006E53A6"/>
     <w:rsid w:val="006E69A9"/>
     <w:rsid w:val="00714C2D"/>
     <w:rsid w:val="00723241"/>
     <w:rsid w:val="00725090"/>
     <w:rsid w:val="00725D11"/>
     <w:rsid w:val="00732183"/>
     <w:rsid w:val="0075367E"/>
     <w:rsid w:val="00771AFA"/>
     <w:rsid w:val="00774F5A"/>
     <w:rsid w:val="007960B1"/>
     <w:rsid w:val="007A7EDC"/>
     <w:rsid w:val="007B043D"/>
     <w:rsid w:val="007B1D26"/>
     <w:rsid w:val="007C51D8"/>
     <w:rsid w:val="007D34C3"/>
     <w:rsid w:val="007D58B7"/>
     <w:rsid w:val="007E015A"/>
     <w:rsid w:val="007E5D01"/>
     <w:rsid w:val="007F1792"/>
+    <w:rsid w:val="008076CB"/>
     <w:rsid w:val="00811C35"/>
     <w:rsid w:val="008128A6"/>
+    <w:rsid w:val="00814568"/>
     <w:rsid w:val="00814E34"/>
     <w:rsid w:val="008429AD"/>
     <w:rsid w:val="0084711A"/>
     <w:rsid w:val="00864AB7"/>
     <w:rsid w:val="00870D36"/>
     <w:rsid w:val="00882426"/>
     <w:rsid w:val="008A1FA3"/>
     <w:rsid w:val="008A3AFC"/>
     <w:rsid w:val="008B5E89"/>
     <w:rsid w:val="008D39B3"/>
     <w:rsid w:val="008E76AE"/>
     <w:rsid w:val="008F453E"/>
     <w:rsid w:val="00906282"/>
     <w:rsid w:val="0092E7AA"/>
     <w:rsid w:val="0093AB84"/>
     <w:rsid w:val="00953C21"/>
     <w:rsid w:val="009665D0"/>
     <w:rsid w:val="009743E4"/>
     <w:rsid w:val="009745B0"/>
     <w:rsid w:val="00990DDF"/>
     <w:rsid w:val="009A69F9"/>
     <w:rsid w:val="009A7AF1"/>
     <w:rsid w:val="009C15F3"/>
     <w:rsid w:val="009E4559"/>
     <w:rsid w:val="009E4672"/>
@@ -5399,50 +7959,51 @@
     <w:rsid w:val="00DA392F"/>
     <w:rsid w:val="00DA3F8A"/>
     <w:rsid w:val="00DB17B6"/>
     <w:rsid w:val="00DB70E7"/>
     <w:rsid w:val="00DC1857"/>
     <w:rsid w:val="00DD2B7A"/>
     <w:rsid w:val="00E0294C"/>
     <w:rsid w:val="00E11A59"/>
     <w:rsid w:val="00E17471"/>
     <w:rsid w:val="00E20AA5"/>
     <w:rsid w:val="00E43561"/>
     <w:rsid w:val="00E45FDF"/>
     <w:rsid w:val="00E46727"/>
     <w:rsid w:val="00E505A7"/>
     <w:rsid w:val="00E64077"/>
     <w:rsid w:val="00E676BC"/>
     <w:rsid w:val="00E8423F"/>
     <w:rsid w:val="00E8578A"/>
     <w:rsid w:val="00E9214B"/>
     <w:rsid w:val="00E95712"/>
     <w:rsid w:val="00E9721F"/>
     <w:rsid w:val="00EB3BF8"/>
     <w:rsid w:val="00ED7C28"/>
     <w:rsid w:val="00EE2C30"/>
     <w:rsid w:val="00EE6458"/>
+    <w:rsid w:val="00EE7616"/>
     <w:rsid w:val="00EF3EBA"/>
     <w:rsid w:val="00EF7C8A"/>
     <w:rsid w:val="00F006EF"/>
     <w:rsid w:val="00F01C2D"/>
     <w:rsid w:val="00F10D30"/>
     <w:rsid w:val="00F27301"/>
     <w:rsid w:val="00F27E06"/>
     <w:rsid w:val="00F472F6"/>
     <w:rsid w:val="00F617F7"/>
     <w:rsid w:val="00F635DD"/>
     <w:rsid w:val="00F660B3"/>
     <w:rsid w:val="00F724E1"/>
     <w:rsid w:val="00F752EC"/>
     <w:rsid w:val="00F80912"/>
     <w:rsid w:val="00F953A8"/>
     <w:rsid w:val="00FA0930"/>
     <w:rsid w:val="00FA2816"/>
     <w:rsid w:val="00FC00CD"/>
     <w:rsid w:val="00FC1682"/>
     <w:rsid w:val="00FC77AC"/>
     <w:rsid w:val="00FD0510"/>
     <w:rsid w:val="00FD5E74"/>
     <w:rsid w:val="00FE5191"/>
     <w:rsid w:val="01143755"/>
     <w:rsid w:val="0274E93A"/>